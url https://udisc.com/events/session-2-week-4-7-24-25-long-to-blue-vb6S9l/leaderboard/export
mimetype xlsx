--- v0 (2025-10-12)
+++ v1 (2025-12-18)
@@ -3666,50 +3666,53 @@
       </c>
       <c r="C34">
         <v>2</v>
       </c>
       <c r="D34">
         <v>-2</v>
       </c>
       <c r="E34" t="str">
         <v>GEN</v>
       </c>
       <c r="F34" t="str">
         <v>T14</v>
       </c>
       <c r="G34">
         <v>14</v>
       </c>
       <c r="H34" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I34">
         <v>4</v>
       </c>
       <c r="J34">
         <v>62</v>
       </c>
+      <c r="K34">
+        <v>163793</v>
+      </c>
       <c r="L34" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M34">
         <v>4</v>
       </c>
       <c r="N34">
         <v>62</v>
       </c>
       <c r="O34">
         <v>4</v>
       </c>
       <c r="P34">
         <v>4</v>
       </c>
       <c r="Q34">
         <v>4</v>
       </c>
       <c r="R34">
         <v>5</v>
       </c>
       <c r="S34">
         <v>3</v>
       </c>
       <c r="T34">