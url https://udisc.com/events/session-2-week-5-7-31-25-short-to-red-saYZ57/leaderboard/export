--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -8749,50 +8749,53 @@
       </c>
       <c r="C87">
         <v>1</v>
       </c>
       <c r="D87">
         <v>6</v>
       </c>
       <c r="E87" t="str">
         <v>GEN</v>
       </c>
       <c r="F87" t="str">
         <v>T17</v>
       </c>
       <c r="G87">
         <v>17</v>
       </c>
       <c r="H87" t="str">
         <v>Dillon Elliott</v>
       </c>
       <c r="I87">
         <v>-5</v>
       </c>
       <c r="J87">
         <v>49</v>
       </c>
+      <c r="K87">
+        <v>316186</v>
+      </c>
       <c r="L87" t="str">
         <v>pugface</v>
       </c>
       <c r="M87">
         <v>-5</v>
       </c>
       <c r="N87">
         <v>49</v>
       </c>
       <c r="O87">
         <v>4</v>
       </c>
       <c r="P87">
         <v>3</v>
       </c>
       <c r="Q87">
         <v>3</v>
       </c>
       <c r="R87">
         <v>3</v>
       </c>
       <c r="S87">
         <v>2</v>
       </c>
       <c r="T87">