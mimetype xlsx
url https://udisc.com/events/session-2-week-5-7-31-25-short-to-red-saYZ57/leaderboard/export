--- v1 (2025-11-06)
+++ v2 (2025-12-18)
@@ -4717,50 +4717,53 @@
       </c>
       <c r="C45">
         <v>-2</v>
       </c>
       <c r="D45">
         <v>3</v>
       </c>
       <c r="E45" t="str">
         <v>GEN</v>
       </c>
       <c r="F45" t="str">
         <v>T17</v>
       </c>
       <c r="G45">
         <v>17</v>
       </c>
       <c r="H45" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I45">
         <v>-5</v>
       </c>
       <c r="J45">
         <v>49</v>
       </c>
+      <c r="K45">
+        <v>163793</v>
+      </c>
       <c r="L45" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M45">
         <v>-5</v>
       </c>
       <c r="N45">
         <v>49</v>
       </c>
       <c r="O45">
         <v>3</v>
       </c>
       <c r="P45">
         <v>2</v>
       </c>
       <c r="Q45">
         <v>2</v>
       </c>
       <c r="R45">
         <v>3</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">