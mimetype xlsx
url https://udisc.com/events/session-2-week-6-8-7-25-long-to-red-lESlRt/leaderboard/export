--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -5477,50 +5477,53 @@
       </c>
       <c r="C53">
         <v>0</v>
       </c>
       <c r="D53">
         <v>1</v>
       </c>
       <c r="E53" t="str">
         <v>GEN</v>
       </c>
       <c r="F53" t="str">
         <v>T17</v>
       </c>
       <c r="G53">
         <v>17</v>
       </c>
       <c r="H53" t="str">
         <v>Dillon Elliott</v>
       </c>
       <c r="I53">
         <v>-1</v>
       </c>
       <c r="J53">
         <v>54</v>
       </c>
+      <c r="K53">
+        <v>316186</v>
+      </c>
       <c r="L53" t="str">
         <v>pugface</v>
       </c>
       <c r="M53">
         <v>-1</v>
       </c>
       <c r="N53">
         <v>54</v>
       </c>
       <c r="O53">
         <v>2</v>
       </c>
       <c r="P53">
         <v>2</v>
       </c>
       <c r="Q53">
         <v>3</v>
       </c>
       <c r="R53">
         <v>3</v>
       </c>
       <c r="S53">
         <v>3</v>
       </c>
       <c r="T53">