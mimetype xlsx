--- v1 (2025-11-06)
+++ v2 (2025-12-18)
@@ -3553,50 +3553,53 @@
       </c>
       <c r="C33">
         <v>-2</v>
       </c>
       <c r="D33">
         <v>-1</v>
       </c>
       <c r="E33" t="str">
         <v>GEN</v>
       </c>
       <c r="F33" t="str">
         <v>T17</v>
       </c>
       <c r="G33">
         <v>17</v>
       </c>
       <c r="H33" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I33">
         <v>-1</v>
       </c>
       <c r="J33">
         <v>54</v>
       </c>
+      <c r="K33">
+        <v>163793</v>
+      </c>
       <c r="L33" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M33">
         <v>-1</v>
       </c>
       <c r="N33">
         <v>54</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>2</v>
       </c>
       <c r="Q33">
         <v>4</v>
       </c>
       <c r="R33">
         <v>3</v>
       </c>
       <c r="S33">
         <v>4</v>
       </c>
       <c r="T33">