--- v0 (2025-10-12)
+++ v1 (2025-12-18)
@@ -6819,50 +6819,53 @@
       </c>
       <c r="C67">
         <v>5</v>
       </c>
       <c r="D67">
         <v>-2</v>
       </c>
       <c r="E67" t="str">
         <v>GEN</v>
       </c>
       <c r="F67" t="str">
         <v>T40</v>
       </c>
       <c r="G67">
         <v>40</v>
       </c>
       <c r="H67" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I67">
         <v>7</v>
       </c>
       <c r="J67">
         <v>62</v>
       </c>
+      <c r="K67">
+        <v>163793</v>
+      </c>
       <c r="L67" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M67">
         <v>7</v>
       </c>
       <c r="N67">
         <v>62</v>
       </c>
       <c r="O67">
         <v>2</v>
       </c>
       <c r="P67">
         <v>4</v>
       </c>
       <c r="Q67">
         <v>4</v>
       </c>
       <c r="R67">
         <v>5</v>
       </c>
       <c r="S67">
         <v>3</v>
       </c>
       <c r="T67">