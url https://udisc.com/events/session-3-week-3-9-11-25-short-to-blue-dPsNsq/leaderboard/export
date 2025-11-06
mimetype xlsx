--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -8259,50 +8259,53 @@
       </c>
       <c r="C82">
         <v>2</v>
       </c>
       <c r="D82">
         <v>2</v>
       </c>
       <c r="E82" t="str">
         <v>GEN</v>
       </c>
       <c r="F82" t="str">
         <v>T24</v>
       </c>
       <c r="G82">
         <v>24</v>
       </c>
       <c r="H82" t="str">
         <v>Dillon Elliott</v>
       </c>
       <c r="I82">
         <v>0</v>
       </c>
       <c r="J82">
         <v>57</v>
       </c>
+      <c r="K82">
+        <v>316186</v>
+      </c>
       <c r="L82" t="str">
         <v>pugface</v>
       </c>
       <c r="M82">
         <v>0</v>
       </c>
       <c r="N82">
         <v>57</v>
       </c>
       <c r="O82">
         <v>3</v>
       </c>
       <c r="P82">
         <v>4</v>
       </c>
       <c r="Q82">
         <v>3</v>
       </c>
       <c r="R82">
         <v>3</v>
       </c>
       <c r="S82">
         <v>2</v>
       </c>
       <c r="T82">