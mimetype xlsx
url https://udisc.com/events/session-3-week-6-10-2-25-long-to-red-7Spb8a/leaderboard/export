--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -863,50 +863,53 @@
       </c>
       <c r="C5">
         <v>-5</v>
       </c>
       <c r="D5">
         <v>-3</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T9</v>
       </c>
       <c r="G5">
         <v>9</v>
       </c>
       <c r="H5" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I5">
         <v>-2</v>
       </c>
       <c r="J5">
         <v>53</v>
       </c>
+      <c r="K5">
+        <v>163793</v>
+      </c>
       <c r="L5" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M5">
         <v>-2</v>
       </c>
       <c r="N5">
         <v>53</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">