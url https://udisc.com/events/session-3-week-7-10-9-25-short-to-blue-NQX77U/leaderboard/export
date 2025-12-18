--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -8532,50 +8532,53 @@
         <v>5</v>
       </c>
       <c r="AF84">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="E85" t="str">
         <v>GEN</v>
       </c>
       <c r="F85" t="str">
         <v>T45</v>
       </c>
       <c r="G85">
         <v>45</v>
       </c>
       <c r="H85" t="str">
         <v>Drake Spivey</v>
       </c>
       <c r="I85">
         <v>3</v>
       </c>
       <c r="J85">
         <v>60</v>
       </c>
+      <c r="K85">
+        <v>275260</v>
+      </c>
       <c r="L85" t="str">
         <v>boyduck</v>
       </c>
       <c r="M85">
         <v>3</v>
       </c>
       <c r="N85">
         <v>60</v>
       </c>
       <c r="O85">
         <v>3</v>
       </c>
       <c r="P85">
         <v>5</v>
       </c>
       <c r="Q85">
         <v>4</v>
       </c>
       <c r="R85">
         <v>5</v>
       </c>
       <c r="S85">
         <v>3</v>
       </c>
       <c r="T85">