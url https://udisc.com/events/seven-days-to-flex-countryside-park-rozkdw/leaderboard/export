--- v0 (2026-02-13)
+++ v1 (2026-03-07)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AE9"/>
+  <dimension ref="A1:AE16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -554,796 +554,1461 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_20</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_21</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Brandon Rosas Torres</v>
+        <v>Erik Ledbetter</v>
       </c>
       <c r="E2">
-        <v>-4</v>
+        <v>-14</v>
       </c>
       <c r="F2">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="G2">
-        <v>270553</v>
+        <v>254219</v>
       </c>
       <c r="H2" t="str">
-        <v>brosastor27</v>
+        <v>eledbetter</v>
       </c>
       <c r="I2">
-        <v>-4</v>
+        <v>-14</v>
       </c>
       <c r="J2">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V2">
         <v>4</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
       <c r="AE2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Michael Furst</v>
+        <v>Drew Robinson</v>
       </c>
       <c r="E3">
-        <v>-3</v>
+        <v>-7</v>
       </c>
       <c r="F3">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="G3">
-        <v>236190</v>
+        <v>61282</v>
       </c>
       <c r="H3" t="str">
-        <v>furst93</v>
+        <v>gratefuldrew</v>
       </c>
       <c r="I3">
-        <v>-3</v>
+        <v>-7</v>
       </c>
       <c r="J3">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V3">
         <v>4</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
       <c r="AC3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Jon Mangnall</v>
+        <v>Ryan Jury</v>
       </c>
       <c r="E4">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="F4">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="G4">
-        <v>242712</v>
+        <v>172542</v>
       </c>
       <c r="H4" t="str">
-        <v>jamit77</v>
+        <v>rhynojury</v>
       </c>
       <c r="I4">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J4">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC4">
         <v>4</v>
       </c>
       <c r="AD4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE4">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Steven Stedman</v>
+        <v>Mike Dihenes</v>
       </c>
       <c r="E5">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="F5">
-        <v>67</v>
+        <v>64</v>
+      </c>
+      <c r="G5">
+        <v>32088</v>
       </c>
       <c r="H5" t="str">
-        <v>stedman</v>
+        <v>mdihenes</v>
       </c>
       <c r="I5">
-        <v>-1</v>
+        <v>-4</v>
       </c>
       <c r="J5">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
       <c r="AD5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE5">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Erik Nelson</v>
+        <v>Brandon Rosas Torres</v>
       </c>
       <c r="E6">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="F6">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="G6">
-        <v>214275</v>
+        <v>270553</v>
       </c>
       <c r="H6" t="str">
-        <v>ewithak</v>
+        <v>brosastor27</v>
       </c>
       <c r="I6">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="J6">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
+        <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Tyson Meyers</v>
+        <v>Michael Furst</v>
       </c>
       <c r="E7">
-        <v>4</v>
+        <v>-3</v>
       </c>
       <c r="F7">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="G7">
-        <v>234577</v>
+        <v>236190</v>
       </c>
       <c r="H7" t="str">
-        <v>meyety</v>
+        <v>furst93</v>
       </c>
       <c r="I7">
-        <v>4</v>
+        <v>-3</v>
       </c>
       <c r="J7">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U7">
         <v>4</v>
       </c>
       <c r="V7">
         <v>4</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD7">
         <v>4</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>7</v>
+        <v>T6</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Michael Bustos</v>
+        <v>Jon Mangnall</v>
       </c>
       <c r="E8">
-        <v>5</v>
+        <v>-3</v>
       </c>
       <c r="F8">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="G8">
-        <v>265321</v>
+        <v>242712</v>
       </c>
       <c r="H8" t="str">
-        <v>michaelbustos</v>
+        <v>jamit77</v>
       </c>
       <c r="I8">
-        <v>5</v>
+        <v>-3</v>
       </c>
       <c r="J8">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="V8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
+        <v>Steven Stedman</v>
+      </c>
+      <c r="E9">
+        <v>-1</v>
+      </c>
+      <c r="F9">
+        <v>67</v>
+      </c>
+      <c r="H9" t="str">
+        <v>stedman</v>
+      </c>
+      <c r="I9">
+        <v>-1</v>
+      </c>
+      <c r="J9">
+        <v>67</v>
+      </c>
+      <c r="K9">
+        <v>4</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>4</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>2</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>2</v>
+      </c>
+      <c r="U9">
+        <v>4</v>
+      </c>
+      <c r="V9">
+        <v>4</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>4</v>
+      </c>
+      <c r="AB9">
+        <v>2</v>
+      </c>
+      <c r="AC9">
+        <v>4</v>
+      </c>
+      <c r="AD9">
+        <v>4</v>
+      </c>
+      <c r="AE9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B10" t="str">
+        <v>T9</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Erik Nelson</v>
+      </c>
+      <c r="E10">
+        <v>2</v>
+      </c>
+      <c r="F10">
+        <v>70</v>
+      </c>
+      <c r="G10">
+        <v>214275</v>
+      </c>
+      <c r="H10" t="str">
+        <v>ewithak</v>
+      </c>
+      <c r="I10">
+        <v>2</v>
+      </c>
+      <c r="J10">
+        <v>70</v>
+      </c>
+      <c r="K10">
+        <v>3</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>6</v>
+      </c>
+      <c r="O10">
+        <v>4</v>
+      </c>
+      <c r="P10">
+        <v>5</v>
+      </c>
+      <c r="Q10">
+        <v>4</v>
+      </c>
+      <c r="R10">
+        <v>2</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>2</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>4</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>2</v>
+      </c>
+      <c r="Z10">
+        <v>2</v>
+      </c>
+      <c r="AA10">
+        <v>6</v>
+      </c>
+      <c r="AB10">
+        <v>2</v>
+      </c>
+      <c r="AC10">
+        <v>4</v>
+      </c>
+      <c r="AD10">
+        <v>3</v>
+      </c>
+      <c r="AE10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B11" t="str">
+        <v>T9</v>
+      </c>
+      <c r="C11">
+        <v>9</v>
+      </c>
+      <c r="D11" t="str">
+        <v>[KOW] Matthew Lake</v>
+      </c>
+      <c r="E11">
+        <v>2</v>
+      </c>
+      <c r="F11">
+        <v>70</v>
+      </c>
+      <c r="G11">
+        <v>255353</v>
+      </c>
+      <c r="H11" t="str">
+        <v>smrgnblrgn</v>
+      </c>
+      <c r="I11">
+        <v>2</v>
+      </c>
+      <c r="J11">
+        <v>70</v>
+      </c>
+      <c r="K11">
+        <v>2</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>4</v>
+      </c>
+      <c r="N11">
+        <v>4</v>
+      </c>
+      <c r="O11">
+        <v>4</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>5</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>5</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
+        <v>4</v>
+      </c>
+      <c r="AB11">
+        <v>3</v>
+      </c>
+      <c r="AC11">
+        <v>2</v>
+      </c>
+      <c r="AD11">
+        <v>3</v>
+      </c>
+      <c r="AE11">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B12" t="str">
+        <v>T9</v>
+      </c>
+      <c r="C12">
+        <v>9</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Chris Charles</v>
+      </c>
+      <c r="E12">
+        <v>2</v>
+      </c>
+      <c r="F12">
+        <v>70</v>
+      </c>
+      <c r="G12">
+        <v>298893</v>
+      </c>
+      <c r="H12" t="str">
+        <v>charles2name</v>
+      </c>
+      <c r="I12">
+        <v>2</v>
+      </c>
+      <c r="J12">
+        <v>70</v>
+      </c>
+      <c r="K12">
+        <v>3</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>4</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>5</v>
+      </c>
+      <c r="P12">
+        <v>3</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>2</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+      <c r="T12">
+        <v>2</v>
+      </c>
+      <c r="U12">
+        <v>4</v>
+      </c>
+      <c r="V12">
+        <v>6</v>
+      </c>
+      <c r="W12">
+        <v>4</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>3</v>
+      </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
+      <c r="AA12">
+        <v>2</v>
+      </c>
+      <c r="AB12">
+        <v>5</v>
+      </c>
+      <c r="AC12">
+        <v>3</v>
+      </c>
+      <c r="AD12">
+        <v>3</v>
+      </c>
+      <c r="AE12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B13" t="str">
+        <v>12</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Tyson Meyers</v>
+      </c>
+      <c r="E13">
+        <v>4</v>
+      </c>
+      <c r="F13">
+        <v>72</v>
+      </c>
+      <c r="G13">
+        <v>234577</v>
+      </c>
+      <c r="H13" t="str">
+        <v>meyety</v>
+      </c>
+      <c r="I13">
+        <v>4</v>
+      </c>
+      <c r="J13">
+        <v>72</v>
+      </c>
+      <c r="K13">
+        <v>2</v>
+      </c>
+      <c r="L13">
+        <v>3</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>4</v>
+      </c>
+      <c r="O13">
+        <v>4</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>4</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>4</v>
+      </c>
+      <c r="W13">
+        <v>3</v>
+      </c>
+      <c r="X13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
+        <v>4</v>
+      </c>
+      <c r="Z13">
+        <v>4</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>2</v>
+      </c>
+      <c r="AC13">
+        <v>4</v>
+      </c>
+      <c r="AD13">
+        <v>4</v>
+      </c>
+      <c r="AE13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B14" t="str">
+        <v>13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Michael Bustos</v>
+      </c>
+      <c r="E14">
+        <v>5</v>
+      </c>
+      <c r="F14">
+        <v>73</v>
+      </c>
+      <c r="G14">
+        <v>265321</v>
+      </c>
+      <c r="H14" t="str">
+        <v>michaelbustos</v>
+      </c>
+      <c r="I14">
+        <v>5</v>
+      </c>
+      <c r="J14">
+        <v>73</v>
+      </c>
+      <c r="K14">
+        <v>2</v>
+      </c>
+      <c r="L14">
+        <v>4</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>4</v>
+      </c>
+      <c r="P14">
+        <v>4</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>2</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>3</v>
+      </c>
+      <c r="U14">
+        <v>6</v>
+      </c>
+      <c r="V14">
+        <v>6</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>3</v>
+      </c>
+      <c r="Y14">
+        <v>2</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>5</v>
+      </c>
+      <c r="AB14">
+        <v>2</v>
+      </c>
+      <c r="AC14">
+        <v>3</v>
+      </c>
+      <c r="AD14">
+        <v>4</v>
+      </c>
+      <c r="AE14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B15" t="str">
+        <v>14</v>
+      </c>
+      <c r="C15">
+        <v>14</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Mario Guzman</v>
+      </c>
+      <c r="E15">
+        <v>6</v>
+      </c>
+      <c r="F15">
+        <v>74</v>
+      </c>
+      <c r="G15">
+        <v>249285</v>
+      </c>
+      <c r="H15" t="str">
+        <v>wario88</v>
+      </c>
+      <c r="I15">
+        <v>6</v>
+      </c>
+      <c r="J15">
+        <v>74</v>
+      </c>
+      <c r="K15">
+        <v>3</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>6</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>4</v>
+      </c>
+      <c r="R15">
+        <v>2</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>3</v>
+      </c>
+      <c r="U15">
+        <v>4</v>
+      </c>
+      <c r="V15">
+        <v>6</v>
+      </c>
+      <c r="W15">
+        <v>4</v>
+      </c>
+      <c r="X15">
+        <v>4</v>
+      </c>
+      <c r="Y15">
+        <v>2</v>
+      </c>
+      <c r="Z15">
+        <v>3</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>4</v>
+      </c>
+      <c r="AC15">
+        <v>4</v>
+      </c>
+      <c r="AD15">
+        <v>4</v>
+      </c>
+      <c r="AE15">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B16" t="str">
+        <v>15</v>
+      </c>
+      <c r="C16">
+        <v>15</v>
+      </c>
+      <c r="D16" t="str">
         <v>Kyle Kintner</v>
       </c>
-      <c r="E9">
+      <c r="E16">
         <v>13</v>
       </c>
-      <c r="F9">
+      <c r="F16">
         <v>81</v>
       </c>
-      <c r="H9" t="str">
+      <c r="H16" t="str">
         <v>kpkintner</v>
       </c>
-      <c r="I9">
+      <c r="I16">
         <v>13</v>
       </c>
-      <c r="J9">
+      <c r="J16">
         <v>81</v>
       </c>
-      <c r="K9">
-[...2 lines deleted...]
-      <c r="L9">
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
         <v>5</v>
       </c>
-      <c r="M9">
-[...5 lines deleted...]
-      <c r="O9">
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
         <v>5</v>
       </c>
-      <c r="P9">
-[...14 lines deleted...]
-      <c r="U9">
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>3</v>
+      </c>
+      <c r="U16">
         <v>5</v>
       </c>
-      <c r="V9">
+      <c r="V16">
         <v>5</v>
       </c>
-      <c r="W9">
-[...2 lines deleted...]
-      <c r="X9">
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
         <v>5</v>
       </c>
-      <c r="Y9">
-[...5 lines deleted...]
-      <c r="AA9">
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>4</v>
+      </c>
+      <c r="AA16">
         <v>5</v>
       </c>
-      <c r="AB9">
-[...5 lines deleted...]
-      <c r="AD9">
+      <c r="AB16">
+        <v>4</v>
+      </c>
+      <c r="AC16">
+        <v>3</v>
+      </c>
+      <c r="AD16">
         <v>6</v>
       </c>
-      <c r="AE9">
+      <c r="AE16">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AE9"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AE16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 