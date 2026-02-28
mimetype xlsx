--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -1749,51 +1749,51 @@
       </c>
       <c r="AD14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA1</v>
       </c>
       <c r="B15" t="str">
         <v>T5</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
       <c r="D15" t="str">
         <v>Will Bright</v>
       </c>
       <c r="E15">
         <v>-5</v>
       </c>
       <c r="F15">
         <v>56</v>
       </c>
       <c r="H15" t="str">
-        <v>willyb7274</v>
+        <v/>
       </c>
       <c r="I15">
         <v>-5</v>
       </c>
       <c r="J15">
         <v>56</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
@@ -5287,50 +5287,53 @@
       <c r="AC53">
         <v>3</v>
       </c>
       <c r="AD53">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MA4</v>
       </c>
       <c r="B54" t="str">
         <v>15</v>
       </c>
       <c r="C54">
         <v>15</v>
       </c>
       <c r="D54" t="str">
         <v>Spencer Hall</v>
       </c>
       <c r="E54">
         <v>6</v>
       </c>
       <c r="F54">
         <v>67</v>
+      </c>
+      <c r="G54">
+        <v>315519</v>
       </c>
       <c r="H54" t="str">
         <v>spencercell</v>
       </c>
       <c r="I54">
         <v>6</v>
       </c>
       <c r="J54">
         <v>67</v>
       </c>
       <c r="K54">
         <v>3</v>
       </c>
       <c r="L54">
         <v>3</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
         <v>4</v>
       </c>