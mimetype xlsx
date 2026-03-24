--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -5746,51 +5746,51 @@
       </c>
       <c r="AD58">
         <v>5</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>FA3</v>
       </c>
       <c r="B59" t="str">
         <v>1</v>
       </c>
       <c r="C59">
         <v>1</v>
       </c>
       <c r="D59" t="str">
         <v>Monika Zeps</v>
       </c>
       <c r="E59">
         <v>8</v>
       </c>
       <c r="F59">
         <v>69</v>
       </c>
       <c r="H59" t="str">
-        <v>monikazeps92</v>
+        <v>monikazeps</v>
       </c>
       <c r="I59">
         <v>8</v>
       </c>
       <c r="J59">
         <v>69</v>
       </c>
       <c r="K59">
         <v>3</v>
       </c>
       <c r="L59">
         <v>3</v>
       </c>
       <c r="M59">
         <v>4</v>
       </c>
       <c r="N59">
         <v>2</v>
       </c>
       <c r="O59">
         <v>3</v>
       </c>
       <c r="P59">
         <v>3</v>
       </c>