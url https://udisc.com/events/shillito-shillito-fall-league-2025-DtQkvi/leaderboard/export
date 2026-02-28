--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -6119,50 +6119,53 @@
         <v>4</v>
       </c>
       <c r="AD62">
         <v>4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>MA4</v>
       </c>
       <c r="B63" t="str">
         <v>13</v>
       </c>
       <c r="C63">
         <v>13</v>
       </c>
       <c r="D63" t="str">
         <v>Spencer Hall</v>
       </c>
       <c r="E63">
         <v>15</v>
       </c>
       <c r="F63">
         <v>78</v>
       </c>
+      <c r="G63">
+        <v>315519</v>
+      </c>
       <c r="H63" t="str">
         <v>spencercell</v>
       </c>
       <c r="I63">
         <v>15</v>
       </c>
       <c r="J63">
         <v>78</v>
       </c>
       <c r="K63">
         <v>3</v>
       </c>
       <c r="L63">
         <v>4</v>
       </c>
       <c r="M63">
         <v>4</v>
       </c>
       <c r="N63">
         <v>5</v>
       </c>
       <c r="O63">
         <v>3</v>
       </c>
       <c r="P63">