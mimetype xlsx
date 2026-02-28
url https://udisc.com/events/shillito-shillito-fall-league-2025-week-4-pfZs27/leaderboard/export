--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -5372,1040 +5372,1043 @@
       </c>
       <c r="Y54">
         <v>4</v>
       </c>
       <c r="Z54">
         <v>2</v>
       </c>
       <c r="AA54">
         <v>3</v>
       </c>
       <c r="AB54">
         <v>3</v>
       </c>
       <c r="AC54">
         <v>4</v>
       </c>
       <c r="AD54">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>MA4</v>
       </c>
       <c r="B55" t="str">
-        <v>9</v>
+        <v>T7</v>
       </c>
       <c r="C55">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D55" t="str">
-        <v>Lance Heine</v>
+        <v>Ryan leith</v>
       </c>
       <c r="E55">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F55">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>206232</v>
+        <v>68</v>
       </c>
       <c r="H55" t="str">
-        <v>valient01</v>
+        <v>discdude27</v>
       </c>
       <c r="I55">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="J55">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M55">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R55">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V55">
         <v>3</v>
       </c>
       <c r="W55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X55">
         <v>3</v>
       </c>
       <c r="Y55">
         <v>3</v>
       </c>
       <c r="Z55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA55">
         <v>3</v>
       </c>
       <c r="AB55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC55">
         <v>3</v>
       </c>
       <c r="AD55">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>MA4</v>
       </c>
       <c r="B56" t="str">
         <v>10</v>
       </c>
       <c r="C56">
         <v>10</v>
       </c>
       <c r="D56" t="str">
-        <v>Spencer Hall</v>
+        <v>Lance Heine</v>
       </c>
       <c r="E56">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F56">
-        <v>71</v>
+        <v>70</v>
+      </c>
+      <c r="G56">
+        <v>206232</v>
       </c>
       <c r="H56" t="str">
-        <v>spencercell</v>
+        <v>valient01</v>
       </c>
       <c r="I56">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="J56">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N56">
         <v>4</v>
       </c>
       <c r="O56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R56">
         <v>5</v>
       </c>
       <c r="S56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T56">
         <v>4</v>
       </c>
       <c r="U56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X56">
         <v>3</v>
       </c>
       <c r="Y56">
         <v>3</v>
       </c>
       <c r="Z56">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA56">
         <v>3</v>
       </c>
       <c r="AB56">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC56">
         <v>3</v>
       </c>
       <c r="AD56">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>MA4</v>
       </c>
       <c r="B57" t="str">
         <v>11</v>
       </c>
       <c r="C57">
         <v>11</v>
       </c>
       <c r="D57" t="str">
-        <v>Heath</v>
+        <v>Spencer Hall</v>
       </c>
       <c r="E57">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F57">
-        <v>73</v>
+        <v>71</v>
+      </c>
+      <c r="G57">
+        <v>315519</v>
       </c>
       <c r="H57" t="str">
-        <v>mase36</v>
+        <v>spencercell</v>
       </c>
       <c r="I57">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="J57">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="K57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L57">
         <v>3</v>
       </c>
       <c r="M57">
         <v>4</v>
       </c>
       <c r="N57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O57">
         <v>4</v>
       </c>
       <c r="P57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q57">
         <v>3</v>
       </c>
       <c r="R57">
         <v>5</v>
       </c>
       <c r="S57">
         <v>4</v>
       </c>
       <c r="T57">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U57">
         <v>3</v>
       </c>
       <c r="V57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W57">
         <v>4</v>
       </c>
       <c r="X57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y57">
         <v>3</v>
       </c>
       <c r="Z57">
         <v>3</v>
       </c>
       <c r="AA57">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB57">
         <v>3</v>
       </c>
       <c r="AC57">
         <v>3</v>
       </c>
       <c r="AD57">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="str">
-        <v>FA1</v>
+        <v>MA4</v>
       </c>
       <c r="B58" t="str">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="C58">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D58" t="str">
-        <v>Anna Mills</v>
+        <v>Heath</v>
       </c>
       <c r="E58">
-        <v>-3</v>
+        <v>10</v>
       </c>
       <c r="F58">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>237131</v>
+        <v>73</v>
       </c>
       <c r="H58" t="str">
-        <v>annamills18</v>
+        <v>mase36</v>
       </c>
       <c r="I58">
-        <v>-3</v>
+        <v>10</v>
       </c>
       <c r="J58">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="K58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N58">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P58">
         <v>4</v>
       </c>
       <c r="Q58">
         <v>3</v>
       </c>
       <c r="R58">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T58">
         <v>3</v>
       </c>
       <c r="U58">
         <v>3</v>
       </c>
       <c r="V58">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y58">
         <v>3</v>
       </c>
       <c r="Z58">
         <v>3</v>
       </c>
       <c r="AA58">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB58">
         <v>3</v>
       </c>
       <c r="AC58">
         <v>3</v>
       </c>
       <c r="AD58">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="str">
         <v>FA1</v>
       </c>
       <c r="B59" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C59">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D59" t="str">
-        <v>Angel Tauson</v>
+        <v>Anna Mills</v>
       </c>
       <c r="E59">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F59">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="G59">
-        <v>153791</v>
+        <v>237131</v>
       </c>
       <c r="H59" t="str">
-        <v>angel1369</v>
+        <v>annamills18</v>
       </c>
       <c r="I59">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J59">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="K59">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M59">
         <v>3</v>
       </c>
       <c r="N59">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O59">
         <v>3</v>
       </c>
       <c r="P59">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R59">
         <v>4</v>
       </c>
       <c r="S59">
         <v>3</v>
       </c>
       <c r="T59">
         <v>3</v>
       </c>
       <c r="U59">
         <v>3</v>
       </c>
       <c r="V59">
         <v>3</v>
       </c>
       <c r="W59">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X59">
         <v>3</v>
       </c>
       <c r="Y59">
         <v>3</v>
       </c>
       <c r="Z59">
         <v>3</v>
       </c>
       <c r="AA59">
         <v>3</v>
       </c>
       <c r="AB59">
         <v>3</v>
       </c>
       <c r="AC59">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD59">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v>FA2</v>
+        <v>FA1</v>
       </c>
       <c r="B60" t="str">
+        <v>2</v>
+      </c>
+      <c r="C60">
+        <v>2</v>
+      </c>
+      <c r="D60" t="str">
+        <v>Angel Tauson</v>
+      </c>
+      <c r="E60">
+        <v>-2</v>
+      </c>
+      <c r="F60">
+        <v>61</v>
+      </c>
+      <c r="G60">
+        <v>153791</v>
+      </c>
+      <c r="H60" t="str">
+        <v>angel1369</v>
+      </c>
+      <c r="I60">
+        <v>-2</v>
+      </c>
+      <c r="J60">
+        <v>61</v>
+      </c>
+      <c r="K60">
         <v>1</v>
       </c>
-      <c r="C60">
-[...25 lines deleted...]
-      </c>
       <c r="L60">
         <v>3</v>
       </c>
       <c r="M60">
         <v>3</v>
       </c>
       <c r="N60">
         <v>3</v>
       </c>
       <c r="O60">
         <v>3</v>
       </c>
       <c r="P60">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q60">
         <v>4</v>
       </c>
       <c r="R60">
         <v>4</v>
       </c>
       <c r="S60">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T60">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U60">
         <v>3</v>
       </c>
       <c r="V60">
         <v>3</v>
       </c>
       <c r="W60">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X60">
         <v>3</v>
       </c>
       <c r="Y60">
         <v>3</v>
       </c>
       <c r="Z60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA60">
         <v>3</v>
       </c>
       <c r="AB60">
         <v>3</v>
       </c>
       <c r="AC60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD60">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
-        <v>FA3</v>
+        <v>FA2</v>
       </c>
       <c r="B61" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61" t="str">
-        <v>Lindsey Adams</v>
+        <v>Alison Miller</v>
       </c>
       <c r="E61">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F61">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="G61">
-        <v>241509</v>
+        <v>61625</v>
       </c>
       <c r="H61" t="str">
-        <v>lindseyea</v>
+        <v>aliray7</v>
       </c>
       <c r="I61">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="J61">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="K61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L61">
         <v>3</v>
       </c>
       <c r="M61">
         <v>3</v>
       </c>
       <c r="N61">
         <v>3</v>
       </c>
       <c r="O61">
         <v>3</v>
       </c>
       <c r="P61">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R61">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S61">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T61">
         <v>4</v>
       </c>
       <c r="U61">
         <v>3</v>
       </c>
       <c r="V61">
         <v>3</v>
       </c>
       <c r="W61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X61">
         <v>3</v>
       </c>
       <c r="Y61">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z61">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA61">
         <v>3</v>
       </c>
       <c r="AB61">
         <v>3</v>
       </c>
       <c r="AC61">
         <v>3</v>
       </c>
       <c r="AD61">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="str">
         <v>FA3</v>
       </c>
       <c r="B62" t="str">
         <v>T1</v>
       </c>
       <c r="C62">
         <v>1</v>
       </c>
       <c r="D62" t="str">
-        <v>Monika Zeps</v>
+        <v>Lindsey Adams</v>
       </c>
       <c r="E62">
         <v>6</v>
       </c>
       <c r="F62">
         <v>69</v>
       </c>
+      <c r="G62">
+        <v>241509</v>
+      </c>
       <c r="H62" t="str">
-        <v>monikazeps92</v>
+        <v>lindseyea</v>
       </c>
       <c r="I62">
         <v>6</v>
       </c>
       <c r="J62">
         <v>69</v>
       </c>
       <c r="K62">
         <v>3</v>
       </c>
       <c r="L62">
         <v>3</v>
       </c>
       <c r="M62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O62">
         <v>3</v>
       </c>
       <c r="P62">
         <v>4</v>
       </c>
       <c r="Q62">
         <v>3</v>
       </c>
       <c r="R62">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T62">
         <v>4</v>
       </c>
       <c r="U62">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V62">
         <v>3</v>
       </c>
       <c r="W62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X62">
         <v>3</v>
       </c>
       <c r="Y62">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z62">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA62">
         <v>3</v>
       </c>
       <c r="AB62">
         <v>3</v>
       </c>
       <c r="AC62">
         <v>3</v>
       </c>
       <c r="AD62">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>FA3</v>
       </c>
       <c r="B63" t="str">
-        <v>3</v>
+        <v>T1</v>
       </c>
       <c r="C63">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D63" t="str">
-        <v xml:space="preserve">Tarica Cohen </v>
+        <v>Monika Zeps</v>
       </c>
       <c r="E63">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F63">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>151237</v>
+        <v>69</v>
       </c>
       <c r="H63" t="str">
-        <v>taranicole01</v>
+        <v>monikazeps92</v>
       </c>
       <c r="I63">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="J63">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="K63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L63">
         <v>3</v>
       </c>
       <c r="M63">
         <v>4</v>
       </c>
       <c r="N63">
         <v>4</v>
       </c>
       <c r="O63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P63">
         <v>4</v>
       </c>
       <c r="Q63">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R63">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U63">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V63">
         <v>3</v>
       </c>
       <c r="W63">
         <v>3</v>
       </c>
       <c r="X63">
         <v>3</v>
       </c>
       <c r="Y63">
         <v>3</v>
       </c>
       <c r="Z63">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA63">
         <v>3</v>
       </c>
       <c r="AB63">
         <v>3</v>
       </c>
       <c r="AC63">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD63">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>FA3</v>
       </c>
       <c r="B64" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C64">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D64" t="str">
-        <v>Taylor Roan</v>
+        <v xml:space="preserve">Tarica Cohen </v>
       </c>
       <c r="E64">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="F64">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="G64">
-        <v>275847</v>
+        <v>151237</v>
       </c>
       <c r="H64" t="str">
-        <v>taylorroan</v>
+        <v>taranicole01</v>
       </c>
       <c r="I64">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="J64">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="K64">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L64">
         <v>3</v>
       </c>
       <c r="M64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N64">
         <v>4</v>
       </c>
       <c r="O64">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P64">
         <v>4</v>
       </c>
       <c r="Q64">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R64">
+        <v>5</v>
+      </c>
+      <c r="S64">
+        <v>4</v>
+      </c>
+      <c r="T64">
+        <v>3</v>
+      </c>
+      <c r="U64">
+        <v>3</v>
+      </c>
+      <c r="V64">
+        <v>3</v>
+      </c>
+      <c r="W64">
+        <v>3</v>
+      </c>
+      <c r="X64">
+        <v>3</v>
+      </c>
+      <c r="Y64">
+        <v>3</v>
+      </c>
+      <c r="Z64">
+        <v>4</v>
+      </c>
+      <c r="AA64">
+        <v>3</v>
+      </c>
+      <c r="AB64">
+        <v>3</v>
+      </c>
+      <c r="AC64">
+        <v>4</v>
+      </c>
+      <c r="AD64">
         <v>6</v>
-      </c>
-[...34 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
-        <v>FA4</v>
+        <v>FA3</v>
       </c>
       <c r="B65" t="str">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C65">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D65" t="str">
-        <v>Ryan leith</v>
+        <v>Taylor Roan</v>
       </c>
       <c r="E65">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="F65">
-        <v>68</v>
+        <v>76</v>
+      </c>
+      <c r="G65">
+        <v>275847</v>
       </c>
       <c r="H65" t="str">
-        <v>discdude27</v>
+        <v>taylorroan</v>
       </c>
       <c r="I65">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="J65">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="K65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L65">
         <v>3</v>
       </c>
       <c r="M65">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N65">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O65">
         <v>3</v>
       </c>
       <c r="P65">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q65">
         <v>3</v>
       </c>
       <c r="R65">
         <v>6</v>
       </c>
       <c r="S65">
         <v>4</v>
       </c>
       <c r="T65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U65">
         <v>3</v>
       </c>
       <c r="V65">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X65">
         <v>3</v>
       </c>
       <c r="Y65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA65">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD65">
         <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>MA40</v>
       </c>
       <c r="B66" t="str">
         <v>1</v>
       </c>
       <c r="C66">
         <v>1</v>
       </c>
       <c r="D66" t="str">
         <v xml:space="preserve">David Wilkerson </v>
       </c>
       <c r="E66">
         <v>-11</v>
       </c>
       <c r="F66">
         <v>52</v>
       </c>
       <c r="G66">