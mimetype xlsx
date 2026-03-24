--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -6117,51 +6117,51 @@
       </c>
       <c r="AD62">
         <v>6</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="str">
         <v>FA3</v>
       </c>
       <c r="B63" t="str">
         <v>T1</v>
       </c>
       <c r="C63">
         <v>1</v>
       </c>
       <c r="D63" t="str">
         <v>Monika Zeps</v>
       </c>
       <c r="E63">
         <v>6</v>
       </c>
       <c r="F63">
         <v>69</v>
       </c>
       <c r="H63" t="str">
-        <v>monikazeps92</v>
+        <v>monikazeps</v>
       </c>
       <c r="I63">
         <v>6</v>
       </c>
       <c r="J63">
         <v>69</v>
       </c>
       <c r="K63">
         <v>3</v>
       </c>
       <c r="L63">
         <v>3</v>
       </c>
       <c r="M63">
         <v>4</v>
       </c>
       <c r="N63">
         <v>4</v>
       </c>
       <c r="O63">
         <v>3</v>
       </c>
       <c r="P63">
         <v>4</v>
       </c>