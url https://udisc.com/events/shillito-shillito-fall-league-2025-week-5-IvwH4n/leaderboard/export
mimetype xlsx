--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -3116,50 +3116,53 @@
         <v>3</v>
       </c>
       <c r="AD29">
         <v>5</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>T5</v>
       </c>
       <c r="C30">
         <v>5</v>
       </c>
       <c r="D30" t="str">
         <v>Andrew Chan</v>
       </c>
       <c r="E30">
         <v>-1</v>
       </c>
       <c r="F30">
         <v>59</v>
       </c>
+      <c r="G30">
+        <v>318488</v>
+      </c>
       <c r="H30" t="str">
         <v>a4lyfe</v>
       </c>
       <c r="I30">
         <v>-1</v>
       </c>
       <c r="J30">
         <v>59</v>
       </c>
       <c r="K30">
         <v>2</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
@@ -5289,215 +5292,218 @@
       </c>
       <c r="AA53">
         <v>3</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
       <c r="AC53">
         <v>3</v>
       </c>
       <c r="AD53">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MA4</v>
       </c>
       <c r="B54" t="str">
         <v>T12</v>
       </c>
       <c r="C54">
         <v>12</v>
       </c>
       <c r="D54" t="str">
-        <v>Paul Hammerschmidt</v>
+        <v>Spencer Hall</v>
       </c>
       <c r="E54">
         <v>12</v>
       </c>
       <c r="F54">
         <v>72</v>
       </c>
+      <c r="G54">
+        <v>315519</v>
+      </c>
       <c r="H54" t="str">
-        <v>paulhammer813</v>
+        <v>spencercell</v>
       </c>
       <c r="I54">
         <v>12</v>
       </c>
       <c r="J54">
         <v>72</v>
       </c>
       <c r="K54">
         <v>3</v>
       </c>
       <c r="L54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M54">
         <v>4</v>
       </c>
       <c r="N54">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P54">
         <v>5</v>
       </c>
       <c r="Q54">
         <v>3</v>
       </c>
       <c r="R54">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S54">
         <v>3</v>
       </c>
       <c r="T54">
         <v>4</v>
       </c>
       <c r="U54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V54">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W54">
         <v>4</v>
       </c>
       <c r="X54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y54">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD54">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>MA4</v>
       </c>
       <c r="B55" t="str">
         <v>T12</v>
       </c>
       <c r="C55">
         <v>12</v>
       </c>
       <c r="D55" t="str">
-        <v>Spencer Hall</v>
+        <v>Paul Hammerschmidt</v>
       </c>
       <c r="E55">
         <v>12</v>
       </c>
       <c r="F55">
         <v>72</v>
       </c>
       <c r="H55" t="str">
-        <v>spencercell</v>
+        <v>paulhammer813</v>
       </c>
       <c r="I55">
         <v>12</v>
       </c>
       <c r="J55">
         <v>72</v>
       </c>
       <c r="K55">
         <v>3</v>
       </c>
       <c r="L55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M55">
         <v>4</v>
       </c>
       <c r="N55">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P55">
         <v>5</v>
       </c>
       <c r="Q55">
         <v>3</v>
       </c>
       <c r="R55">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S55">
         <v>3</v>
       </c>
       <c r="T55">
         <v>4</v>
       </c>
       <c r="U55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V55">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W55">
         <v>4</v>
       </c>
       <c r="X55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y55">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD55">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>MA4</v>
       </c>
       <c r="B56" t="str">
         <v>T14</v>
       </c>
       <c r="C56">
         <v>14</v>
       </c>
       <c r="D56" t="str">
         <v>Matthew Schwarberg</v>
       </c>
       <c r="E56">
         <v>13</v>
       </c>
       <c r="F56">
         <v>73</v>
       </c>
       <c r="H56" t="str">
         <v>kynakedhiker</v>
       </c>
       <c r="I56">