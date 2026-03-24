--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -5933,51 +5933,51 @@
       </c>
       <c r="AD60">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="str">
         <v>FA3</v>
       </c>
       <c r="B61" t="str">
         <v>1</v>
       </c>
       <c r="C61">
         <v>1</v>
       </c>
       <c r="D61" t="str">
         <v>Monika Zeps</v>
       </c>
       <c r="E61">
         <v>9</v>
       </c>
       <c r="F61">
         <v>69</v>
       </c>
       <c r="H61" t="str">
-        <v>monikazeps92</v>
+        <v>monikazeps</v>
       </c>
       <c r="I61">
         <v>9</v>
       </c>
       <c r="J61">
         <v>69</v>
       </c>
       <c r="K61">
         <v>3</v>
       </c>
       <c r="L61">
         <v>3</v>
       </c>
       <c r="M61">
         <v>4</v>
       </c>
       <c r="N61">
         <v>3</v>
       </c>
       <c r="O61">
         <v>3</v>
       </c>
       <c r="P61">
         <v>6</v>
       </c>