--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -3294,50 +3294,53 @@
         <v>3</v>
       </c>
       <c r="AD31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
         <v>T9</v>
       </c>
       <c r="C32">
         <v>9</v>
       </c>
       <c r="D32" t="str">
         <v>Andrew Chan</v>
       </c>
       <c r="E32">
         <v>-3</v>
       </c>
       <c r="F32">
         <v>58</v>
       </c>
+      <c r="G32">
+        <v>318488</v>
+      </c>
       <c r="H32" t="str">
         <v>a4lyfe</v>
       </c>
       <c r="I32">
         <v>-3</v>
       </c>
       <c r="J32">
         <v>58</v>
       </c>
       <c r="K32">
         <v>2</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>4</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>4</v>
       </c>
       <c r="P32">
@@ -5280,215 +5283,218 @@
       </c>
       <c r="AA53">
         <v>3</v>
       </c>
       <c r="AB53">
         <v>3</v>
       </c>
       <c r="AC53">
         <v>4</v>
       </c>
       <c r="AD53">
         <v>5</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MA4</v>
       </c>
       <c r="B54" t="str">
         <v>T17</v>
       </c>
       <c r="C54">
         <v>17</v>
       </c>
       <c r="D54" t="str">
-        <v xml:space="preserve">Nick Gray </v>
+        <v>Spencer Hall</v>
       </c>
       <c r="E54">
         <v>6</v>
       </c>
       <c r="F54">
         <v>67</v>
       </c>
+      <c r="G54">
+        <v>315519</v>
+      </c>
       <c r="H54" t="str">
-        <v>nmooregray</v>
+        <v>spencercell</v>
       </c>
       <c r="I54">
         <v>6</v>
       </c>
       <c r="J54">
         <v>67</v>
       </c>
       <c r="K54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L54">
         <v>3</v>
       </c>
       <c r="M54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P54">
         <v>3</v>
       </c>
       <c r="Q54">
         <v>3</v>
       </c>
       <c r="R54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S54">
         <v>3</v>
       </c>
       <c r="T54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U54">
         <v>3</v>
       </c>
       <c r="V54">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W54">
         <v>3</v>
       </c>
       <c r="X54">
         <v>3</v>
       </c>
       <c r="Y54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA54">
         <v>3</v>
       </c>
       <c r="AB54">
         <v>3</v>
       </c>
       <c r="AC54">
         <v>5</v>
       </c>
       <c r="AD54">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>MA4</v>
       </c>
       <c r="B55" t="str">
         <v>T17</v>
       </c>
       <c r="C55">
         <v>17</v>
       </c>
       <c r="D55" t="str">
-        <v>Spencer Hall</v>
+        <v xml:space="preserve">Nick Gray </v>
       </c>
       <c r="E55">
         <v>6</v>
       </c>
       <c r="F55">
         <v>67</v>
       </c>
       <c r="H55" t="str">
-        <v>spencercell</v>
+        <v>nmooregray</v>
       </c>
       <c r="I55">
         <v>6</v>
       </c>
       <c r="J55">
         <v>67</v>
       </c>
       <c r="K55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L55">
         <v>3</v>
       </c>
       <c r="M55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N55">
         <v>3</v>
       </c>
       <c r="O55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
         <v>3</v>
       </c>
       <c r="R55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S55">
         <v>3</v>
       </c>
       <c r="T55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U55">
         <v>3</v>
       </c>
       <c r="V55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W55">
         <v>3</v>
       </c>
       <c r="X55">
         <v>3</v>
       </c>
       <c r="Y55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z55">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA55">
         <v>3</v>
       </c>
       <c r="AB55">
         <v>3</v>
       </c>
       <c r="AC55">
         <v>5</v>
       </c>
       <c r="AD55">
-        <v>4</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>FA1</v>
       </c>
       <c r="B56" t="str">
         <v>1</v>
       </c>
       <c r="C56">
         <v>1</v>
       </c>
       <c r="D56" t="str">
         <v>Anna Mills</v>
       </c>
       <c r="E56">
         <v>-8</v>
       </c>
       <c r="F56">
         <v>53</v>
       </c>
       <c r="G56">
         <v>237131</v>
       </c>
       <c r="H56" t="str">
@@ -7115,50 +7121,53 @@
       <c r="AC73">
         <v>3</v>
       </c>
       <c r="AD73">
         <v>5</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>CAS</v>
       </c>
       <c r="B74" t="str">
         <v>T3</v>
       </c>
       <c r="C74">
         <v>3</v>
       </c>
       <c r="D74" t="str">
         <v>Andrew Moats</v>
       </c>
       <c r="E74">
         <v>-2</v>
       </c>
       <c r="F74">
         <v>59</v>
+      </c>
+      <c r="G74">
+        <v>322236</v>
       </c>
       <c r="H74" t="str">
         <v>drew270</v>
       </c>
       <c r="I74">
         <v>-2</v>
       </c>
       <c r="J74">
         <v>59</v>
       </c>
       <c r="K74">
         <v>2</v>
       </c>
       <c r="L74">
         <v>2</v>
       </c>
       <c r="M74">
         <v>3</v>
       </c>
       <c r="N74">
         <v>5</v>
       </c>
       <c r="O74">
         <v>2</v>
       </c>