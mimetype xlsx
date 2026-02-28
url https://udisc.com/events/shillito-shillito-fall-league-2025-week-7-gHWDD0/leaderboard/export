--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -2659,50 +2659,53 @@
         <v>3</v>
       </c>
       <c r="AD24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA2</v>
       </c>
       <c r="B25" t="str">
         <v>10</v>
       </c>
       <c r="C25">
         <v>10</v>
       </c>
       <c r="D25" t="str">
         <v xml:space="preserve">Erik martin </v>
       </c>
       <c r="E25">
         <v>-2</v>
       </c>
       <c r="F25">
         <v>59</v>
       </c>
+      <c r="G25">
+        <v>71429</v>
+      </c>
       <c r="H25" t="str">
         <v>emart16</v>
       </c>
       <c r="I25">
         <v>-2</v>
       </c>
       <c r="J25">
         <v>59</v>
       </c>
       <c r="K25">
         <v>3</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
@@ -4748,50 +4751,53 @@
         <v>5</v>
       </c>
       <c r="AD47">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA4</v>
       </c>
       <c r="B48" t="str">
         <v>13</v>
       </c>
       <c r="C48">
         <v>13</v>
       </c>
       <c r="D48" t="str">
         <v>Spencer Hall</v>
       </c>
       <c r="E48">
         <v>12</v>
       </c>
       <c r="F48">
         <v>73</v>
       </c>
+      <c r="G48">
+        <v>315519</v>
+      </c>
       <c r="H48" t="str">
         <v>spencercell</v>
       </c>
       <c r="I48">
         <v>12</v>
       </c>
       <c r="J48">
         <v>73</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
         <v>4</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
         <v>3</v>
       </c>
       <c r="P48">
@@ -7023,50 +7029,53 @@
       <c r="AC72">
         <v>3</v>
       </c>
       <c r="AD72">
         <v>3</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="str">
         <v>CAS</v>
       </c>
       <c r="B73" t="str">
         <v>5</v>
       </c>
       <c r="C73">
         <v>5</v>
       </c>
       <c r="D73" t="str">
         <v>Andrew Moats</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="F73">
         <v>62</v>
+      </c>
+      <c r="G73">
+        <v>322236</v>
       </c>
       <c r="H73" t="str">
         <v>drew270</v>
       </c>
       <c r="I73">
         <v>1</v>
       </c>
       <c r="J73">
         <v>62</v>
       </c>
       <c r="K73">
         <v>3</v>
       </c>
       <c r="L73">
         <v>2</v>
       </c>
       <c r="M73">
         <v>4</v>
       </c>
       <c r="N73">
         <v>3</v>
       </c>
       <c r="O73">
         <v>3</v>
       </c>