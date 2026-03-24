--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -5206,51 +5206,51 @@
       </c>
       <c r="AD52">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>FA3</v>
       </c>
       <c r="B53" t="str">
         <v>1</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53" t="str">
         <v>Monika Zeps</v>
       </c>
       <c r="E53">
         <v>7</v>
       </c>
       <c r="F53">
         <v>68</v>
       </c>
       <c r="H53" t="str">
-        <v>monikazeps92</v>
+        <v>monikazeps</v>
       </c>
       <c r="I53">
         <v>7</v>
       </c>
       <c r="J53">
         <v>68</v>
       </c>
       <c r="K53">
         <v>2</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
         <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
         <v>4</v>
       </c>