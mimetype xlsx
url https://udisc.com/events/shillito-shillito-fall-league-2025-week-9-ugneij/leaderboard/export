--- v0 (2026-02-28)
+++ v1 (2026-03-24)
@@ -5393,51 +5393,51 @@
       </c>
       <c r="AD54">
         <v>3</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>FA3</v>
       </c>
       <c r="B55" t="str">
         <v>1</v>
       </c>
       <c r="C55">
         <v>1</v>
       </c>
       <c r="D55" t="str">
         <v>Monika Zeps</v>
       </c>
       <c r="E55">
         <v>8</v>
       </c>
       <c r="F55">
         <v>69</v>
       </c>
       <c r="H55" t="str">
-        <v>monikazeps92</v>
+        <v>monikazeps</v>
       </c>
       <c r="I55">
         <v>8</v>
       </c>
       <c r="J55">
         <v>69</v>
       </c>
       <c r="K55">
         <v>2</v>
       </c>
       <c r="L55">
         <v>4</v>
       </c>
       <c r="M55">
         <v>3</v>
       </c>
       <c r="N55">
         <v>3</v>
       </c>
       <c r="O55">
         <v>4</v>
       </c>
       <c r="P55">
         <v>4</v>
       </c>