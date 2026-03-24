--- v0 (2025-10-19)
+++ v1 (2026-03-24)
@@ -6218,51 +6218,51 @@
       </c>
       <c r="AD63">
         <v>5</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="str">
         <v>FA3</v>
       </c>
       <c r="B64" t="str">
         <v>3</v>
       </c>
       <c r="C64">
         <v>3</v>
       </c>
       <c r="D64" t="str">
         <v>Monika Zeps</v>
       </c>
       <c r="E64">
         <v>13</v>
       </c>
       <c r="F64">
         <v>76</v>
       </c>
       <c r="H64" t="str">
-        <v>monikazeps92</v>
+        <v>monikazeps</v>
       </c>
       <c r="I64">
         <v>13</v>
       </c>
       <c r="J64">
         <v>76</v>
       </c>
       <c r="K64">
         <v>3</v>
       </c>
       <c r="L64">
         <v>4</v>
       </c>
       <c r="M64">
         <v>4</v>
       </c>
       <c r="N64">
         <v>3</v>
       </c>
       <c r="O64">
         <v>3</v>
       </c>
       <c r="P64">
         <v>5</v>
       </c>