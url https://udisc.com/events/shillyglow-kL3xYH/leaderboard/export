--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -3167,864 +3167,846 @@
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>4</v>
       </c>
       <c r="AC30">
         <v>3</v>
       </c>
       <c r="AD30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
-        <v>MA4</v>
+        <v>MA3</v>
       </c>
       <c r="B31" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D31" t="str">
-        <v>Andrew Chan</v>
+        <v>Roski PRIME</v>
       </c>
       <c r="E31">
-        <v>-5</v>
+        <v>46</v>
       </c>
       <c r="F31">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="H31" t="str">
-        <v>a4lyfe</v>
+        <v>fakeroski</v>
       </c>
       <c r="I31">
-        <v>-5</v>
+        <v>46</v>
       </c>
       <c r="J31">
-        <v>56</v>
-[...17 lines deleted...]
-        <v>3</v>
+        <v>89</v>
       </c>
       <c r="Q31">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="S31">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T31">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="U31">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W31">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="X31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y31">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Z31">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="AA31">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="AC31">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="AD31">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA4</v>
       </c>
       <c r="B32" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C32">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D32" t="str">
-        <v>Jeff Hallman</v>
+        <v>Andrew Chan</v>
       </c>
       <c r="E32">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="F32">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="G32">
-        <v>292207</v>
+        <v>318488</v>
       </c>
       <c r="H32" t="str">
-        <v>bluemakers</v>
+        <v>a4lyfe</v>
       </c>
       <c r="I32">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="J32">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>2</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
         <v>3</v>
       </c>
       <c r="S32">
         <v>3</v>
       </c>
       <c r="T32">
         <v>2</v>
       </c>
       <c r="U32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
         <v>3</v>
       </c>
       <c r="Z32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
       <c r="AC32">
         <v>3</v>
       </c>
       <c r="AD32">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA4</v>
       </c>
       <c r="B33" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D33" t="str">
-        <v>Brad Tune</v>
+        <v>Jeff Hallman</v>
       </c>
       <c r="E33">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F33">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="G33">
-        <v>263380</v>
+        <v>292207</v>
       </c>
       <c r="H33" t="str">
-        <v>jbtunejr</v>
+        <v>bluemakers</v>
       </c>
       <c r="I33">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="J33">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="K33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>3</v>
       </c>
       <c r="N33">
         <v>2</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
         <v>3</v>
       </c>
       <c r="S33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X33">
         <v>3</v>
       </c>
       <c r="Y33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC33">
         <v>3</v>
       </c>
       <c r="AD33">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA4</v>
       </c>
       <c r="B34" t="str">
-        <v>T4</v>
+        <v>3</v>
       </c>
       <c r="C34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D34" t="str">
-        <v>JasonSoltan</v>
+        <v>Brad Tune</v>
       </c>
       <c r="E34">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="F34">
-        <v>59</v>
+        <v>58</v>
+      </c>
+      <c r="G34">
+        <v>263380</v>
       </c>
       <c r="H34" t="str">
-        <v>jasonsoltan</v>
+        <v>jbtunejr</v>
       </c>
       <c r="I34">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J34">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="K34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
       <c r="Q34">
         <v>3</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X34">
         <v>3</v>
       </c>
       <c r="Y34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
       <c r="AC34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD34">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MA4</v>
       </c>
       <c r="B35" t="str">
         <v>T4</v>
       </c>
       <c r="C35">
         <v>4</v>
       </c>
       <c r="D35" t="str">
-        <v>Steve Collier</v>
+        <v>JasonSoltan</v>
       </c>
       <c r="E35">
         <v>-2</v>
       </c>
       <c r="F35">
         <v>59</v>
       </c>
       <c r="H35" t="str">
-        <v>gonzoky</v>
+        <v>jasonsoltan</v>
       </c>
       <c r="I35">
         <v>-2</v>
       </c>
       <c r="J35">
         <v>59</v>
       </c>
       <c r="K35">
         <v>2</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
         <v>3</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W35">
         <v>3</v>
       </c>
       <c r="X35">
         <v>3</v>
       </c>
       <c r="Y35">
         <v>3</v>
       </c>
       <c r="Z35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC35">
         <v>4</v>
       </c>
       <c r="AD35">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA4</v>
       </c>
       <c r="B36" t="str">
-        <v>T6</v>
+        <v>T4</v>
       </c>
       <c r="C36">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D36" t="str">
-        <v>Gregory Brown</v>
+        <v>Steve Collier</v>
       </c>
       <c r="E36">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F36">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>250079</v>
+        <v>59</v>
       </c>
       <c r="H36" t="str">
-        <v>discwildwonder</v>
+        <v>gonzoky</v>
       </c>
       <c r="I36">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J36">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
         <v>3</v>
       </c>
       <c r="S36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X36">
         <v>3</v>
       </c>
       <c r="Y36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
       <c r="AC36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD36">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA4</v>
       </c>
       <c r="B37" t="str">
         <v>T6</v>
       </c>
       <c r="C37">
         <v>6</v>
       </c>
       <c r="D37" t="str">
-        <v>Cole Horn</v>
+        <v>Gregory Brown</v>
       </c>
       <c r="E37">
         <v>-1</v>
       </c>
       <c r="F37">
         <v>60</v>
       </c>
+      <c r="G37">
+        <v>250079</v>
+      </c>
       <c r="H37" t="str">
-        <v>cghorn</v>
+        <v>discwildwonder</v>
       </c>
       <c r="I37">
         <v>-1</v>
       </c>
       <c r="J37">
         <v>60</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
         <v>2</v>
       </c>
       <c r="X37">
         <v>3</v>
       </c>
       <c r="Y37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
       <c r="AC37">
         <v>3</v>
       </c>
       <c r="AD37">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MA4</v>
       </c>
       <c r="B38" t="str">
-        <v>8</v>
+        <v>T6</v>
       </c>
       <c r="C38">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D38" t="str">
-        <v>Greg Cheatham</v>
+        <v>Cole Horn</v>
       </c>
       <c r="E38">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="F38">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="H38" t="str">
-        <v>cheeto76</v>
+        <v>cghorn</v>
       </c>
       <c r="I38">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="J38">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
         <v>2</v>
       </c>
       <c r="X38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
       <c r="AC38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD38">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>MA4</v>
       </c>
       <c r="B39" t="str">
-        <v>T9</v>
+        <v>8</v>
       </c>
       <c r="C39">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D39" t="str">
-        <v>Grayson Grout</v>
+        <v>Greg Cheatham</v>
       </c>
       <c r="E39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F39">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="H39" t="str">
-        <v>sparkyiscool</v>
+        <v>cheeto76</v>
       </c>
       <c r="I39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J39">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P39">
         <v>4</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T39">
         <v>4</v>
       </c>
       <c r="U39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
         <v>2</v>
       </c>
       <c r="X39">
         <v>4</v>
       </c>
       <c r="Y39">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD39">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA4</v>
       </c>
       <c r="B40" t="str">
-        <v>T9</v>
+        <v>9</v>
       </c>
       <c r="C40">
         <v>9</v>
       </c>
       <c r="D40" t="str">
         <v>Jeff Spencee</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
         <v>65</v>
       </c>
       <c r="H40" t="str">
         <v>jspencer7882</v>
       </c>
       <c r="I40">
         <v>4</v>
       </c>
       <c r="J40">
         <v>65</v>
       </c>
       <c r="K40">
         <v>2</v>
       </c>
@@ -4069,54 +4051,54 @@
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
         <v>3</v>
       </c>
       <c r="AB40">
         <v>3</v>
       </c>
       <c r="AC40">
         <v>4</v>
       </c>
       <c r="AD40">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MA4</v>
       </c>
       <c r="B41" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C41">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D41" t="str">
         <v>Donald Williams</v>
       </c>
       <c r="E41">
         <v>5</v>
       </c>
       <c r="F41">
         <v>66</v>
       </c>
       <c r="G41">
         <v>273644</v>
       </c>
       <c r="H41" t="str">
         <v>whisperecho</v>
       </c>
       <c r="I41">
         <v>5</v>
       </c>
       <c r="J41">
         <v>66</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
@@ -4161,54 +4143,54 @@
       </c>
       <c r="Y41">
         <v>3</v>
       </c>
       <c r="Z41">
         <v>3</v>
       </c>
       <c r="AA41">
         <v>3</v>
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
       <c r="AC41">
         <v>4</v>
       </c>
       <c r="AD41">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MA4</v>
       </c>
       <c r="B42" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C42">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D42" t="str">
         <v>Ron Scarborough</v>
       </c>
       <c r="E42">
         <v>5</v>
       </c>
       <c r="F42">
         <v>66</v>
       </c>
       <c r="H42" t="str">
         <v>bonscargo</v>
       </c>
       <c r="I42">
         <v>5</v>
       </c>
       <c r="J42">
         <v>66</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
@@ -4250,54 +4232,54 @@
       </c>
       <c r="Y42">
         <v>3</v>
       </c>
       <c r="Z42">
         <v>3</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
       <c r="AC42">
         <v>4</v>
       </c>
       <c r="AD42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA4</v>
       </c>
       <c r="B43" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C43">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D43" t="str">
         <v>Brendon Bare</v>
       </c>
       <c r="E43">
         <v>6</v>
       </c>
       <c r="F43">
         <v>67</v>
       </c>
       <c r="H43" t="str">
         <v>brendonbare</v>
       </c>
       <c r="I43">
         <v>6</v>
       </c>
       <c r="J43">
         <v>67</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
@@ -4339,54 +4321,54 @@
       </c>
       <c r="Y43">
         <v>3</v>
       </c>
       <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
         <v>4</v>
       </c>
       <c r="AB43">
         <v>4</v>
       </c>
       <c r="AC43">
         <v>4</v>
       </c>
       <c r="AD43">
         <v>5</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA4</v>
       </c>
       <c r="B44" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C44">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D44" t="str">
         <v>Kyle Porter</v>
       </c>
       <c r="E44">
         <v>6</v>
       </c>
       <c r="F44">
         <v>67</v>
       </c>
       <c r="H44" t="str">
         <v>khporter22</v>
       </c>
       <c r="I44">
         <v>6</v>
       </c>
       <c r="J44">
         <v>67</v>
       </c>
       <c r="K44">
         <v>2</v>
       </c>
       <c r="L44">
         <v>2</v>
       </c>
@@ -4428,54 +4410,54 @@
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
         <v>4</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
       <c r="AC44">
         <v>4</v>
       </c>
       <c r="AD44">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MA4</v>
       </c>
       <c r="B45" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C45">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D45" t="str">
         <v>S S</v>
       </c>
       <c r="E45">
         <v>6</v>
       </c>
       <c r="F45">
         <v>67</v>
       </c>
       <c r="H45" t="str">
         <v>logangrimmnar</v>
       </c>
       <c r="I45">
         <v>6</v>
       </c>
       <c r="J45">
         <v>67</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45">
         <v>3</v>
       </c>
@@ -4517,54 +4499,54 @@
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
         <v>3</v>
       </c>
       <c r="AA45">
         <v>2</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
       <c r="AC45">
         <v>3</v>
       </c>
       <c r="AD45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>MA4</v>
       </c>
       <c r="B46" t="str">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C46">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D46" t="str">
         <v>Spencer Hall</v>
       </c>
       <c r="E46">
         <v>8</v>
       </c>
       <c r="F46">
         <v>69</v>
       </c>
       <c r="H46" t="str">
         <v>spencercell</v>
       </c>
       <c r="I46">
         <v>8</v>
       </c>
       <c r="J46">
         <v>69</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
@@ -4606,54 +4588,54 @@
       </c>
       <c r="Y46">
         <v>5</v>
       </c>
       <c r="Z46">
         <v>5</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
       <c r="AC46">
         <v>4</v>
       </c>
       <c r="AD46">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>MA4</v>
       </c>
       <c r="B47" t="str">
-        <v>T17</v>
+        <v>T16</v>
       </c>
       <c r="C47">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D47" t="str">
         <v>Eric Roberts</v>
       </c>
       <c r="E47">
         <v>9</v>
       </c>
       <c r="F47">
         <v>70</v>
       </c>
       <c r="G47">
         <v>139800</v>
       </c>
       <c r="H47" t="str">
         <v>ricrob16</v>
       </c>
       <c r="I47">
         <v>9</v>
       </c>
       <c r="J47">
         <v>70</v>
       </c>
       <c r="K47">
         <v>3</v>
       </c>
@@ -4698,54 +4680,54 @@
       </c>
       <c r="Y47">
         <v>4</v>
       </c>
       <c r="Z47">
         <v>3</v>
       </c>
       <c r="AA47">
         <v>4</v>
       </c>
       <c r="AB47">
         <v>4</v>
       </c>
       <c r="AC47">
         <v>3</v>
       </c>
       <c r="AD47">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>MA4</v>
       </c>
       <c r="B48" t="str">
-        <v>T17</v>
+        <v>T16</v>
       </c>
       <c r="C48">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D48" t="str">
         <v>Michael Meholovitch</v>
       </c>
       <c r="E48">
         <v>9</v>
       </c>
       <c r="F48">
         <v>70</v>
       </c>
       <c r="H48" t="str">
         <v>mikeyrockzz</v>
       </c>
       <c r="I48">
         <v>9</v>
       </c>
       <c r="J48">
         <v>70</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
@@ -4787,54 +4769,54 @@
       </c>
       <c r="Y48">
         <v>4</v>
       </c>
       <c r="Z48">
         <v>3</v>
       </c>
       <c r="AA48">
         <v>3</v>
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
       <c r="AC48">
         <v>4</v>
       </c>
       <c r="AD48">
         <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>MA4</v>
       </c>
       <c r="B49" t="str">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C49">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D49" t="str">
         <v>Ted delong</v>
       </c>
       <c r="E49">
         <v>10</v>
       </c>
       <c r="F49">
         <v>71</v>
       </c>
       <c r="H49" t="str">
         <v>ttaadd</v>
       </c>
       <c r="I49">
         <v>10</v>
       </c>
       <c r="J49">
         <v>71</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
         <v>4</v>
       </c>
@@ -4876,54 +4858,54 @@
       </c>
       <c r="Y49">
         <v>3</v>
       </c>
       <c r="Z49">
         <v>3</v>
       </c>
       <c r="AA49">
         <v>3</v>
       </c>
       <c r="AB49">
         <v>4</v>
       </c>
       <c r="AC49">
         <v>4</v>
       </c>
       <c r="AD49">
         <v>5</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>MA4</v>
       </c>
       <c r="B50" t="str">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C50">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D50" t="str">
         <v>Matthew Schwarberg</v>
       </c>
       <c r="E50">
         <v>12</v>
       </c>
       <c r="F50">
         <v>73</v>
       </c>
       <c r="H50" t="str">
         <v>kynakedhiker</v>
       </c>
       <c r="I50">
         <v>12</v>
       </c>
       <c r="J50">
         <v>73</v>
       </c>
       <c r="K50">
         <v>3</v>
       </c>
       <c r="L50">
         <v>4</v>
       </c>
@@ -4965,54 +4947,54 @@
       </c>
       <c r="Y50">
         <v>3</v>
       </c>
       <c r="Z50">
         <v>3</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
       <c r="AC50">
         <v>4</v>
       </c>
       <c r="AD50">
         <v>5</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>MA4</v>
       </c>
       <c r="B51" t="str">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C51">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D51" t="str">
         <v>Daniel Sizemore</v>
       </c>
       <c r="E51">
         <v>17</v>
       </c>
       <c r="F51">
         <v>78</v>
       </c>
       <c r="G51">
         <v>278677</v>
       </c>
       <c r="H51" t="str">
         <v>hootie1</v>
       </c>
       <c r="I51">
         <v>17</v>
       </c>
       <c r="J51">
         <v>78</v>
       </c>
       <c r="K51">
         <v>3</v>
       </c>
@@ -5057,54 +5039,54 @@
       </c>
       <c r="Y51">
         <v>4</v>
       </c>
       <c r="Z51">
         <v>4</v>
       </c>
       <c r="AA51">
         <v>3</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
       <c r="AC51">
         <v>4</v>
       </c>
       <c r="AD51">
         <v>5</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>MA4</v>
       </c>
       <c r="B52" t="str">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C52">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D52" t="str">
         <v>Corey Andrews</v>
       </c>
       <c r="E52">
         <v>19</v>
       </c>
       <c r="F52">
         <v>80</v>
       </c>
       <c r="H52" t="str">
         <v>y3roc42</v>
       </c>
       <c r="I52">
         <v>19</v>
       </c>
       <c r="J52">
         <v>80</v>
       </c>
       <c r="K52">
         <v>3</v>
       </c>
       <c r="L52">
         <v>4</v>
       </c>
@@ -5772,114 +5754,135 @@
       </c>
       <c r="X59">
         <v>4</v>
       </c>
       <c r="Y59">
         <v>3</v>
       </c>
       <c r="Z59">
         <v>5</v>
       </c>
       <c r="AA59">
         <v>4</v>
       </c>
       <c r="AB59">
         <v>3</v>
       </c>
       <c r="AC59">
         <v>5</v>
       </c>
       <c r="AD59">
         <v>7</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="str">
-        <v>FA4</v>
+        <v>MJ18</v>
       </c>
       <c r="B60" t="str">
-        <v>DNF</v>
+        <v>1</v>
+      </c>
+      <c r="C60">
+        <v>1</v>
       </c>
       <c r="D60" t="str">
-        <v>Roski PRIME</v>
+        <v>Grayson Grout</v>
       </c>
       <c r="E60">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="F60">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="H60" t="str">
-        <v>fakeroski</v>
+        <v>sparkyiscool</v>
       </c>
       <c r="I60">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="J60">
-        <v>89</v>
+        <v>65</v>
+      </c>
+      <c r="K60">
+        <v>3</v>
+      </c>
+      <c r="L60">
+        <v>3</v>
+      </c>
+      <c r="M60">
+        <v>4</v>
+      </c>
+      <c r="N60">
+        <v>3</v>
+      </c>
+      <c r="O60">
+        <v>3</v>
+      </c>
+      <c r="P60">
+        <v>4</v>
       </c>
       <c r="Q60">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R60">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="S60">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T60">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U60">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V60">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W60">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="X60">
         <v>4</v>
       </c>
       <c r="Y60">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Z60">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AA60">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="AB60">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="AC60">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="AD60">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AD60"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>