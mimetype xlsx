--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -3556,51 +3556,51 @@
       </c>
       <c r="AD34">
         <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MA4</v>
       </c>
       <c r="B35" t="str">
         <v>15</v>
       </c>
       <c r="C35">
         <v>15</v>
       </c>
       <c r="D35" t="str">
         <v>Jon Helton</v>
       </c>
       <c r="E35">
         <v>16</v>
       </c>
       <c r="F35">
         <v>77</v>
       </c>
       <c r="H35" t="str">
-        <v>jdisc1994</v>
+        <v/>
       </c>
       <c r="I35">
         <v>16</v>
       </c>
       <c r="J35">
         <v>77</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>2</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>4</v>
       </c>
       <c r="P35">
         <v>4</v>
       </c>