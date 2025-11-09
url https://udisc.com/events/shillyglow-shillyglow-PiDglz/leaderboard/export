--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -4375,51 +4375,51 @@
       </c>
       <c r="AD43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA4</v>
       </c>
       <c r="B44" t="str">
         <v>18</v>
       </c>
       <c r="C44">
         <v>18</v>
       </c>
       <c r="D44" t="str">
         <v>Jon Helton</v>
       </c>
       <c r="E44">
         <v>15</v>
       </c>
       <c r="F44">
         <v>76</v>
       </c>
       <c r="H44" t="str">
-        <v>jdisc1994</v>
+        <v/>
       </c>
       <c r="I44">
         <v>15</v>
       </c>
       <c r="J44">
         <v>76</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>4</v>
       </c>
       <c r="M44">
         <v>4</v>
       </c>
       <c r="N44">
         <v>4</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>4</v>
       </c>