--- v0 (2025-11-01)
+++ v1 (2026-03-28)
@@ -1924,51 +1924,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA1</v>
       </c>
       <c r="B18" t="str">
         <v>T15</v>
       </c>
       <c r="C18">
         <v>15</v>
       </c>
       <c r="D18" t="str">
         <v>Ross Bosch</v>
       </c>
       <c r="E18">
         <v>-1</v>
       </c>
       <c r="F18">
         <v>55</v>
       </c>
       <c r="G18">
         <v>170001</v>
       </c>
       <c r="H18" t="str">
-        <v>rboschdiscgolf</v>
+        <v>rboschdg</v>
       </c>
       <c r="I18">
         <v>-1</v>
       </c>
       <c r="J18">
         <v>55</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>