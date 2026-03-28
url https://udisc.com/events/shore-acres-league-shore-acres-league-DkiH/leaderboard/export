--- v0 (2025-11-01)
+++ v1 (2026-03-28)
@@ -1838,51 +1838,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA1</v>
       </c>
       <c r="B17" t="str">
         <v>T11</v>
       </c>
       <c r="C17">
         <v>11</v>
       </c>
       <c r="D17" t="str">
         <v>Ross Bosch</v>
       </c>
       <c r="E17">
         <v>-1</v>
       </c>
       <c r="F17">
         <v>55</v>
       </c>
       <c r="G17">
         <v>170001</v>
       </c>
       <c r="H17" t="str">
-        <v>rboschdiscgolf</v>
+        <v>rboschdg</v>
       </c>
       <c r="I17">
         <v>-1</v>
       </c>
       <c r="J17">
         <v>55</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>