--- v0 (2025-12-19)
+++ v1 (2026-03-28)
@@ -1407,51 +1407,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>T7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Ross Bosch</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>66</v>
       </c>
       <c r="G10">
         <v>170001</v>
       </c>
       <c r="H10" t="str">
-        <v>rboschdiscgolf</v>
+        <v>rboschdg</v>
       </c>
       <c r="I10">
         <v>-6</v>
       </c>
       <c r="J10">
         <v>66</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>