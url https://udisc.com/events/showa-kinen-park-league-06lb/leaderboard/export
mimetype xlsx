--- v0 (2025-10-24)
+++ v1 (2026-02-20)
@@ -7812,51 +7812,51 @@
       <c r="A87" t="str">
         <v>MA1</v>
       </c>
       <c r="B87" t="str">
         <v>T22</v>
       </c>
       <c r="C87">
         <v>22</v>
       </c>
       <c r="D87" t="str">
         <v>Chikako Ouchi</v>
       </c>
       <c r="E87">
         <v>-3</v>
       </c>
       <c r="F87">
         <v>7</v>
       </c>
       <c r="G87">
         <v>64</v>
       </c>
       <c r="H87">
         <v>2</v>
       </c>
       <c r="J87" t="str">
-        <v>chikako05</v>
+        <v>chikak00uchi</v>
       </c>
       <c r="K87">
         <v>7</v>
       </c>
       <c r="L87">
         <v>64</v>
       </c>
       <c r="M87">
         <v>2</v>
       </c>
       <c r="N87">
         <v>3</v>
       </c>
       <c r="O87">
         <v>3</v>
       </c>
       <c r="P87">
         <v>3</v>
       </c>
       <c r="Q87">
         <v>4</v>
       </c>
       <c r="R87">
         <v>4</v>
       </c>
@@ -8067,51 +8067,51 @@
       </c>
       <c r="AD89">
         <v>4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="str">
         <v>MA1</v>
       </c>
       <c r="B90" t="str">
         <v>DUP</v>
       </c>
       <c r="D90" t="str">
         <v>Chikako Ouchi</v>
       </c>
       <c r="F90">
         <v>7</v>
       </c>
       <c r="G90">
         <v>61</v>
       </c>
       <c r="H90">
         <v>1</v>
       </c>
       <c r="J90" t="str">
-        <v>chikako05</v>
+        <v>chikak00uchi</v>
       </c>
       <c r="K90">
         <v>7</v>
       </c>
       <c r="L90">
         <v>61</v>
       </c>
       <c r="M90">
         <v>3</v>
       </c>
       <c r="N90">
         <v>3</v>
       </c>
       <c r="O90">
         <v>2</v>
       </c>
       <c r="P90">
         <v>3</v>
       </c>
       <c r="Q90">
         <v>3</v>
       </c>
       <c r="R90">
         <v>4</v>
       </c>