--- v0 (2025-10-24)
+++ v1 (2026-02-20)
@@ -3987,51 +3987,51 @@
       <c r="A42" t="str">
         <v>MA1</v>
       </c>
       <c r="B42" t="str">
         <v>13</v>
       </c>
       <c r="C42">
         <v>13</v>
       </c>
       <c r="D42" t="str">
         <v>Chikako Ouchi</v>
       </c>
       <c r="E42">
         <v>-3</v>
       </c>
       <c r="F42">
         <v>8</v>
       </c>
       <c r="G42">
         <v>65</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="J42" t="str">
-        <v>chikako05</v>
+        <v>chikak00uchi</v>
       </c>
       <c r="K42">
         <v>8</v>
       </c>
       <c r="L42">
         <v>65</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>4</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
         <v>4</v>
       </c>
       <c r="R42">
         <v>4</v>
       </c>