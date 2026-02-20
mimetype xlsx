--- v0 (2025-10-24)
+++ v1 (2026-02-20)
@@ -4170,51 +4170,51 @@
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>FA1</v>
       </c>
       <c r="B44" t="str">
         <v>2</v>
       </c>
       <c r="C44">
         <v>2</v>
       </c>
       <c r="D44" t="str">
         <v>Chikako Ouchi</v>
       </c>
       <c r="E44">
         <v>36</v>
       </c>
       <c r="F44">
         <v>90</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="I44" t="str">
-        <v>chikako05</v>
+        <v>chikak00uchi</v>
       </c>
       <c r="J44">
         <v>36</v>
       </c>
       <c r="K44">
         <v>90</v>
       </c>
       <c r="L44">
         <v>4</v>
       </c>
       <c r="M44">
         <v>5</v>
       </c>
       <c r="N44">
         <v>4</v>
       </c>
       <c r="O44">
         <v>7</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
       <c r="Q44">
         <v>4</v>
       </c>