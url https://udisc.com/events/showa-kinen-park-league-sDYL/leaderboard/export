--- v0 (2025-10-24)
+++ v1 (2026-02-20)
@@ -5790,51 +5790,51 @@
       <c r="A63" t="str">
         <v>MA1</v>
       </c>
       <c r="B63" t="str">
         <v>T15</v>
       </c>
       <c r="C63">
         <v>15</v>
       </c>
       <c r="D63" t="str">
         <v>Chikako Ouchi</v>
       </c>
       <c r="E63">
         <v>-3</v>
       </c>
       <c r="F63">
         <v>7</v>
       </c>
       <c r="G63">
         <v>64</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="J63" t="str">
-        <v>chikako05</v>
+        <v>chikak00uchi</v>
       </c>
       <c r="K63">
         <v>7</v>
       </c>
       <c r="L63">
         <v>64</v>
       </c>
       <c r="M63">
         <v>3</v>
       </c>
       <c r="N63">
         <v>3</v>
       </c>
       <c r="O63">
         <v>3</v>
       </c>
       <c r="P63">
         <v>3</v>
       </c>
       <c r="Q63">
         <v>3</v>
       </c>
       <c r="R63">
         <v>4</v>
       </c>