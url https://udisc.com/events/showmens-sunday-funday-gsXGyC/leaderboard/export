--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -690,51 +690,51 @@
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>2</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="str">
         <v>David Whatley</v>
       </c>
       <c r="I3">
         <v>-2</v>
       </c>
       <c r="J3">
         <v>52</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
         <v>294938</v>
       </c>
       <c r="M3" t="str">
-        <v>dumborn</v>
+        <v>davidwhatley</v>
       </c>
       <c r="N3">
         <v>-2</v>
       </c>
       <c r="O3">
         <v>52</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>