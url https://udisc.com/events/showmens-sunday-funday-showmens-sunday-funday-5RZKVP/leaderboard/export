--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -914,51 +914,51 @@
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>David Whatley</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>55</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>294938</v>
       </c>
       <c r="I6" t="str">
-        <v>dumborn</v>
+        <v>davidwhatley</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
       <c r="K6">
         <v>55</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>