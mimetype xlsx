--- v0 (2025-10-29)
+++ v1 (2026-02-01)
@@ -1270,51 +1270,51 @@
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>David Whatley</v>
       </c>
       <c r="E10">
         <v>3</v>
       </c>
       <c r="F10">
         <v>61</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <v>294938</v>
       </c>
       <c r="I10" t="str">
-        <v>dumborn</v>
+        <v>davidwhatley</v>
       </c>
       <c r="J10">
         <v>3</v>
       </c>
       <c r="K10">
         <v>61</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>