--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -825,51 +825,51 @@
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>David Whatley</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>64</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>294938</v>
       </c>
       <c r="I5" t="str">
-        <v>dumborn</v>
+        <v>davidwhatley</v>
       </c>
       <c r="J5">
         <v>4</v>
       </c>
       <c r="K5">
         <v>64</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>5</v>
       </c>