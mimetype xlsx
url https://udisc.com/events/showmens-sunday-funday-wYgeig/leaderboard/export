--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -791,51 +791,51 @@
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>3</v>
       </c>
       <c r="G4">
         <v>3</v>
       </c>
       <c r="H4" t="str">
         <v>David Whatley</v>
       </c>
       <c r="I4">
         <v>7</v>
       </c>
       <c r="J4">
         <v>65</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
         <v>294938</v>
       </c>
       <c r="M4" t="str">
-        <v>dumborn</v>
+        <v>davidwhatley</v>
       </c>
       <c r="N4">
         <v>7</v>
       </c>
       <c r="O4">
         <v>65</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>5</v>
       </c>
       <c r="S4">
         <v>5</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>