--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -739,51 +739,51 @@
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>David Whatley</v>
       </c>
       <c r="E4">
         <v>-2</v>
       </c>
       <c r="F4">
         <v>56</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
         <v>294938</v>
       </c>
       <c r="I4" t="str">
-        <v>dumborn</v>
+        <v>davidwhatley</v>
       </c>
       <c r="J4">
         <v>-2</v>
       </c>
       <c r="K4">
         <v>56</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>