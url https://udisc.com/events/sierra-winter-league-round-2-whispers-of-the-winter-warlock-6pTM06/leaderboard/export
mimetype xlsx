--- v0 (2026-01-02)
+++ v1 (2026-01-23)
@@ -1556,50 +1556,53 @@
         <v>0</v>
       </c>
       <c r="AD12">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B13" t="str">
         <v>8</v>
       </c>
       <c r="C13">
         <v>8</v>
       </c>
       <c r="D13" t="str">
         <v>Jorge Deleon</v>
       </c>
       <c r="E13">
         <v>10</v>
       </c>
       <c r="F13">
         <v>69</v>
       </c>
+      <c r="G13">
+        <v>319431</v>
+      </c>
       <c r="H13" t="str">
         <v>mrtouka</v>
       </c>
       <c r="I13">
         <v>10</v>
       </c>
       <c r="J13">
         <v>69</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">