--- v1 (2026-01-23)
+++ v2 (2026-03-22)
@@ -1194,50 +1194,53 @@
         <v>9</v>
       </c>
       <c r="AD8">
         <v>7</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>EAGLE</v>
       </c>
       <c r="B9" t="str">
         <v>4</v>
       </c>
       <c r="C9">
         <v>4</v>
       </c>
       <c r="D9" t="str">
         <v xml:space="preserve">Peter Shriver </v>
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>60</v>
       </c>
+      <c r="G9">
+        <v>319425</v>
+      </c>
       <c r="H9" t="str">
         <v>plowman</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="J9">
         <v>60</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">