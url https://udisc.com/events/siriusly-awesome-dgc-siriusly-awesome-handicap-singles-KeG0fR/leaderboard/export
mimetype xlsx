--- v0 (2025-11-20)
+++ v1 (2025-12-11)
@@ -798,50 +798,53 @@
       </c>
       <c r="C4">
         <v>-3</v>
       </c>
       <c r="D4">
         <v>-1</v>
       </c>
       <c r="E4" t="str">
         <v>Free</v>
       </c>
       <c r="F4" t="str">
         <v>4</v>
       </c>
       <c r="G4">
         <v>4</v>
       </c>
       <c r="H4" t="str">
         <v>Siriusly awesome</v>
       </c>
       <c r="I4">
         <v>-2</v>
       </c>
       <c r="J4">
         <v>61</v>
       </c>
+      <c r="K4">
+        <v>318533</v>
+      </c>
       <c r="L4" t="str">
         <v>siriuslyawesome</v>
       </c>
       <c r="M4">
         <v>-2</v>
       </c>
       <c r="N4">
         <v>61</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>2</v>
       </c>
       <c r="T4">
@@ -901,50 +904,53 @@
         <v>4</v>
       </c>
       <c r="C5">
         <v>-1</v>
       </c>
       <c r="D5">
         <v>9</v>
       </c>
       <c r="E5" t="str">
         <v>Free</v>
       </c>
       <c r="F5" t="str">
         <v>1</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5" t="str">
         <v>Dj Canterbury</v>
       </c>
       <c r="I5">
         <v>-10</v>
       </c>
       <c r="J5">
         <v>53</v>
+      </c>
+      <c r="K5">
+        <v>318549</v>
       </c>
       <c r="L5" t="str">
         <v>dcfrizzguy</v>
       </c>
       <c r="M5">
         <v>-10</v>
       </c>
       <c r="N5">
         <v>53</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>