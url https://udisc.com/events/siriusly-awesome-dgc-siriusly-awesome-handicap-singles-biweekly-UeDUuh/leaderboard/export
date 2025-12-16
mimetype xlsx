--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -673,50 +673,53 @@
       </c>
       <c r="C3">
         <v>-2</v>
       </c>
       <c r="D3">
         <v>2</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>1</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3" t="str">
         <v>Dj Canterbury</v>
       </c>
       <c r="I3">
         <v>-4</v>
       </c>
       <c r="J3">
         <v>51</v>
       </c>
+      <c r="K3">
+        <v>318549</v>
+      </c>
       <c r="L3" t="str">
         <v>dcfrizzguy</v>
       </c>
       <c r="M3">
         <v>-4</v>
       </c>
       <c r="N3">
         <v>51</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
@@ -957,50 +960,53 @@
         <v>5</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>-2</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>7</v>
       </c>
       <c r="G6">
         <v>7</v>
       </c>
       <c r="H6" t="str">
         <v>Siriusly awesome</v>
       </c>
       <c r="I6">
         <v>12</v>
       </c>
       <c r="J6">
         <v>67</v>
+      </c>
+      <c r="K6">
+        <v>318533</v>
       </c>
       <c r="L6" t="str">
         <v>siriuslyawesome</v>
       </c>
       <c r="M6">
         <v>12</v>
       </c>
       <c r="N6">
         <v>67</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>5</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>