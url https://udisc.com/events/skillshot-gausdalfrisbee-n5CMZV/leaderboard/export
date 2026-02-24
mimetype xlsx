--- v0 (2025-12-17)
+++ v1 (2026-02-24)
@@ -637,51 +637,51 @@
       </c>
       <c r="L5">
         <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Erik Holmen</v>
       </c>
       <c r="E6">
         <v>-9</v>
       </c>
       <c r="F6">
         <v>63</v>
       </c>
       <c r="H6" t="str">
-        <v>erikholmen13</v>
+        <v>erikholmen76</v>
       </c>
       <c r="I6">
         <v>-5</v>
       </c>
       <c r="J6">
         <v>-4</v>
       </c>
       <c r="K6">
         <v>13</v>
       </c>
       <c r="L6">
         <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
@@ -1084,51 +1084,51 @@
       </c>
       <c r="P1" t="str">
         <v>hole_6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Erik Holmen</v>
       </c>
       <c r="E2">
         <v>-5</v>
       </c>
       <c r="F2">
         <v>13</v>
       </c>
       <c r="H2" t="str">
-        <v>erikholmen13</v>
+        <v>erikholmen76</v>
       </c>
       <c r="I2">
         <v>-5</v>
       </c>
       <c r="J2">
         <v>13</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
@@ -2231,51 +2231,51 @@
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Erik Holmen</v>
       </c>
       <c r="E6">
         <v>-9</v>
       </c>
       <c r="F6">
         <v>63</v>
       </c>
       <c r="H6" t="str">
-        <v>erikholmen13</v>
+        <v>erikholmen76</v>
       </c>
       <c r="I6">
         <v>-4</v>
       </c>
       <c r="J6">
         <v>50</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>