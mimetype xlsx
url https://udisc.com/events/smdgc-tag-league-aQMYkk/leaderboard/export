--- v0 (2025-10-10)
+++ v1 (2026-03-11)
@@ -1144,51 +1144,51 @@
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Cam R</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>56</v>
       </c>
       <c r="H9" t="str">
-        <v>reschcameron</v>
+        <v>resch82cameron</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>56</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>