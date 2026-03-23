--- v1 (2026-01-31)
+++ v2 (2026-03-23)
@@ -3268,51 +3268,51 @@
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA2</v>
       </c>
       <c r="B33" t="str">
         <v>T8</v>
       </c>
       <c r="C33">
         <v>8</v>
       </c>
       <c r="D33" t="str">
         <v>Daniel Riddle</v>
       </c>
       <c r="E33">
         <v>-1</v>
       </c>
       <c r="F33">
         <v>53</v>
       </c>
       <c r="G33">
         <v>146311</v>
       </c>
       <c r="H33" t="str">
-        <v>steiny23</v>
+        <v>danielriddle</v>
       </c>
       <c r="I33">
         <v>-1</v>
       </c>
       <c r="J33">
         <v>53</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>2</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>2</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>