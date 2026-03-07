--- v0 (2025-11-05)
+++ v1 (2026-03-07)
@@ -2151,50 +2151,53 @@
         <v>3</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Chris</v>
       </c>
       <c r="E21">
         <v>18</v>
       </c>
       <c r="F21">
         <v>72</v>
       </c>
+      <c r="G21">
+        <v>322401</v>
+      </c>
       <c r="H21" t="str">
         <v>vegarams07</v>
       </c>
       <c r="I21">
         <v>18</v>
       </c>
       <c r="J21">
         <v>72</v>
       </c>
       <c r="K21">
         <v>7</v>
       </c>
       <c r="L21">
         <v>8</v>
       </c>
       <c r="M21">
         <v>5</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">