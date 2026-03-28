--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -977,50 +977,53 @@
         <v>2</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Cy young</v>
       </c>
       <c r="E7">
         <v>3</v>
       </c>
       <c r="F7">
         <v>57</v>
       </c>
+      <c r="G7">
+        <v>322396</v>
+      </c>
       <c r="H7" t="str">
         <v>orangepapa13</v>
       </c>
       <c r="I7">
         <v>3</v>
       </c>
       <c r="J7">
         <v>57</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">