--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -815,50 +815,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Cy young</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
         <v>-3</v>
       </c>
       <c r="G5">
         <v>54</v>
       </c>
+      <c r="H5">
+        <v>322396</v>
+      </c>
       <c r="I5" t="str">
         <v>orangepapa13</v>
       </c>
       <c r="J5">
         <v>-3</v>
       </c>
       <c r="K5">
         <v>54</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">