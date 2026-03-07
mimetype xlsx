--- v0 (2025-11-05)
+++ v1 (2026-03-07)
@@ -1315,50 +1315,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Christian Vega</v>
       </c>
       <c r="E11">
         <v>4</v>
       </c>
       <c r="F11">
         <v>58</v>
       </c>
+      <c r="G11">
+        <v>322401</v>
+      </c>
       <c r="H11" t="str">
         <v>vegarams07</v>
       </c>
       <c r="I11">
         <v>4</v>
       </c>
       <c r="J11">
         <v>58</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">