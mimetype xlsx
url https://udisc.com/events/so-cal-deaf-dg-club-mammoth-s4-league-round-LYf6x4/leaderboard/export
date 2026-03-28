--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -1060,50 +1060,53 @@
         <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Cy young</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
+      <c r="G8">
+        <v>322396</v>
+      </c>
       <c r="H8" t="str">
         <v>orangepapa13</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">