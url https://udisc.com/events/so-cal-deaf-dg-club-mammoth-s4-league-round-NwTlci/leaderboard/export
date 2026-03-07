--- v0 (2025-11-05)
+++ v1 (2026-03-07)
@@ -1730,50 +1730,53 @@
         <v>3</v>
       </c>
       <c r="AD14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Chris</v>
       </c>
       <c r="E15">
         <v>15</v>
       </c>
       <c r="F15">
         <v>75</v>
       </c>
+      <c r="G15">
+        <v>322401</v>
+      </c>
       <c r="H15" t="str">
         <v>vegarams07</v>
       </c>
       <c r="I15">
         <v>15</v>
       </c>
       <c r="J15">
         <v>75</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>5</v>
       </c>
       <c r="N15">
         <v>5</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">