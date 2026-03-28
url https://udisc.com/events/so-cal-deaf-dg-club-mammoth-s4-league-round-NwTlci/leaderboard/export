--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -1009,50 +1009,53 @@
         <v>3</v>
       </c>
       <c r="AD6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Cy young</v>
       </c>
       <c r="E7">
         <v>6</v>
       </c>
       <c r="F7">
         <v>66</v>
       </c>
+      <c r="G7">
+        <v>322396</v>
+      </c>
       <c r="H7" t="str">
         <v>orangepapa13</v>
       </c>
       <c r="I7">
         <v>6</v>
       </c>
       <c r="J7">
         <v>66</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">