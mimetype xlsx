--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -718,50 +718,53 @@
         <v>67</v>
       </c>
       <c r="L7">
         <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Pool A</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Cy young</v>
       </c>
       <c r="E8">
         <v>13</v>
       </c>
       <c r="F8">
         <v>127</v>
       </c>
+      <c r="G8">
+        <v>322396</v>
+      </c>
       <c r="H8" t="str">
         <v>orangepapa13</v>
       </c>
       <c r="I8">
         <v>7</v>
       </c>
       <c r="J8">
         <v>6</v>
       </c>
       <c r="K8">
         <v>67</v>
       </c>
       <c r="L8">
         <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Pool A</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
@@ -1841,50 +1844,53 @@
         <v>3</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Pool A</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Cy young</v>
       </c>
       <c r="E9">
         <v>7</v>
       </c>
       <c r="F9">
         <v>67</v>
       </c>
+      <c r="G9">
+        <v>322396</v>
+      </c>
       <c r="H9" t="str">
         <v>orangepapa13</v>
       </c>
       <c r="I9">
         <v>7</v>
       </c>
       <c r="J9">
         <v>67</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
@@ -3320,50 +3326,53 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Pool A</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Cy young</v>
       </c>
       <c r="E8">
         <v>13</v>
       </c>
       <c r="F8">
         <v>127</v>
       </c>
+      <c r="G8">
+        <v>322396</v>
+      </c>
       <c r="H8" t="str">
         <v>orangepapa13</v>
       </c>
       <c r="I8">
         <v>6</v>
       </c>
       <c r="J8">
         <v>60</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">