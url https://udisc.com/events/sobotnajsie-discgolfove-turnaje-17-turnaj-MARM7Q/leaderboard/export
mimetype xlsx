--- v0 (2025-10-08)
+++ v1 (2026-03-05)
@@ -708,203 +708,206 @@
       </c>
       <c r="Y3">
         <v>5</v>
       </c>
       <c r="Z3">
         <v>5</v>
       </c>
       <c r="AA3">
         <v>5</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>0 18</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Tomáš Zbranek</v>
+        <v>Šaňo Badura</v>
       </c>
       <c r="E4">
         <v>16</v>
       </c>
       <c r="F4">
         <v>76</v>
       </c>
+      <c r="G4">
+        <v>315408</v>
+      </c>
       <c r="H4" t="str">
-        <v>tomipiky</v>
+        <v>sanbad</v>
       </c>
       <c r="I4">
         <v>16</v>
       </c>
       <c r="J4">
         <v>76</v>
       </c>
       <c r="K4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
         <v>7</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Y4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>0 18</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Šaňo Badura</v>
+        <v>Tomáš Zbranek</v>
       </c>
       <c r="E5">
         <v>16</v>
       </c>
       <c r="F5">
         <v>76</v>
       </c>
       <c r="H5" t="str">
-        <v>sanobad</v>
+        <v>tomipiky</v>
       </c>
       <c r="I5">
         <v>16</v>
       </c>
       <c r="J5">
         <v>76</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
         <v>7</v>
       </c>
       <c r="T5">
         <v>4</v>
       </c>
       <c r="U5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="V5">
         <v>4</v>
       </c>
       <c r="W5">
         <v>4</v>
       </c>
       <c r="X5">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>19 54</v>
       </c>
       <c r="B6" t="str">
         <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
         <v>Michaela Malešová</v>
       </c>
       <c r="E6">
         <v>23</v>
       </c>
       <c r="F6">
         <v>83</v>
       </c>
       <c r="H6" t="str">
         <v>malešová</v>
       </c>
       <c r="I6">