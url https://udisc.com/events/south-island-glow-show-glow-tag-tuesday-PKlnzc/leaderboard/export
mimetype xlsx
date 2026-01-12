--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -1135,51 +1135,51 @@
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Nick Hopewell</v>
       </c>
       <c r="E9">
         <v>6</v>
       </c>
       <c r="F9">
         <v>67</v>
       </c>
       <c r="H9" t="str">
-        <v>clakey</v>
+        <v>nickhopes</v>
       </c>
       <c r="I9">
         <v>6</v>
       </c>
       <c r="J9">
         <v>67</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>6</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>