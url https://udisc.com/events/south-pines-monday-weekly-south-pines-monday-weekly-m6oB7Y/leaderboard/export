--- v0 (2025-11-09)
+++ v1 (2025-11-30)
@@ -1061,50 +1061,53 @@
         <v>7</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>AMS</v>
       </c>
       <c r="B8" t="str">
         <v>1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Dan Seifert</v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>5</v>
       </c>
       <c r="G8">
         <v>65</v>
       </c>
+      <c r="H8">
+        <v>318030</v>
+      </c>
       <c r="I8" t="str">
         <v>danseifert</v>
       </c>
       <c r="J8">
         <v>5</v>
       </c>
       <c r="K8">
         <v>65</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">