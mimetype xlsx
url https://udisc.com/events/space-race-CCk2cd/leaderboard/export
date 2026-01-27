--- v0 (2025-11-09)
+++ v1 (2026-01-27)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB56"/>
+  <dimension ref="A1:AB52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -619,942 +619,699 @@
       </c>
       <c r="W2">
         <v>1</v>
       </c>
       <c r="X2">
         <v>1</v>
       </c>
       <c r="Y2">
         <v>1</v>
       </c>
       <c r="Z2">
         <v>1</v>
       </c>
       <c r="AA2">
         <v>1</v>
       </c>
       <c r="AB2">
         <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>FunM</v>
       </c>
       <c r="B3" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Tommy sibilio</v>
+        <v>Jeff Kurzdorfer</v>
       </c>
       <c r="E3">
-        <v>-31</v>
+        <v>-10</v>
       </c>
       <c r="F3">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="H3" t="str">
-        <v>beansibs</v>
+        <v>jsk5150</v>
       </c>
       <c r="I3">
-        <v>-31</v>
+        <v>-10</v>
       </c>
       <c r="J3">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L3">
         <v>1</v>
       </c>
-      <c r="M3">
-[...4 lines deleted...]
-      </c>
       <c r="O3">
         <v>1</v>
       </c>
       <c r="P3">
         <v>1</v>
       </c>
-      <c r="Q3">
-[...13 lines deleted...]
-      </c>
       <c r="W3">
         <v>1</v>
       </c>
-      <c r="X3">
-[...8 lines deleted...]
-      <c r="AB3">
+      <c r="AA3">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>FunM</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Salvatore Grenga</v>
+        <v>Spenser Austin</v>
       </c>
       <c r="E4">
-        <v>-30</v>
+        <v>-9</v>
       </c>
       <c r="F4">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4">
-        <v>150566</v>
+        <v>192223</v>
       </c>
       <c r="H4" t="str">
-        <v>saldozer</v>
+        <v>adactuslatem</v>
       </c>
       <c r="I4">
-        <v>-30</v>
+        <v>-9</v>
       </c>
       <c r="J4">
-        <v>15</v>
+        <v>12</v>
+      </c>
+      <c r="K4">
+        <v>5</v>
       </c>
       <c r="M4">
         <v>1</v>
       </c>
-      <c r="N4">
-[...7 lines deleted...]
-      </c>
       <c r="Q4">
         <v>1</v>
       </c>
-      <c r="R4">
-[...4 lines deleted...]
-      </c>
       <c r="U4">
         <v>1</v>
       </c>
       <c r="V4">
         <v>1</v>
       </c>
       <c r="W4">
         <v>1</v>
       </c>
       <c r="X4">
-        <v>1</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>FunM</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Isaac Mallette-Lloyd</v>
+        <v>Andrew Zawistowski</v>
       </c>
       <c r="E5">
-        <v>-30</v>
+        <v>-16</v>
       </c>
       <c r="F5">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>238097</v>
+        <v>8</v>
       </c>
       <c r="H5" t="str">
-        <v>enigmaatwood</v>
+        <v>drewski4200</v>
       </c>
       <c r="I5">
-        <v>-30</v>
+        <v>-16</v>
       </c>
       <c r="J5">
-        <v>21</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="P5">
         <v>1</v>
       </c>
       <c r="Q5">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="R5">
         <v>1</v>
       </c>
       <c r="S5">
         <v>1</v>
       </c>
       <c r="U5">
         <v>1</v>
       </c>
       <c r="V5">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Y5">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="AA5">
         <v>1</v>
       </c>
       <c r="AB5">
         <v>1</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>FunM</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Michael exford</v>
+        <v>Josh K</v>
       </c>
       <c r="E6">
-        <v>-28</v>
+        <v>-18</v>
       </c>
       <c r="F6">
-        <v>14</v>
+        <v>9</v>
+      </c>
+      <c r="G6">
+        <v>287621</v>
       </c>
       <c r="H6" t="str">
-        <v>lucknorris</v>
+        <v>karcherjoshua</v>
       </c>
       <c r="I6">
-        <v>-28</v>
+        <v>-18</v>
       </c>
       <c r="J6">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
         <v>1</v>
       </c>
-      <c r="M6">
-[...7 lines deleted...]
-      </c>
       <c r="P6">
         <v>1</v>
       </c>
       <c r="Q6">
         <v>1</v>
       </c>
-      <c r="R6">
-[...7 lines deleted...]
-      </c>
       <c r="W6">
         <v>1</v>
       </c>
-      <c r="Y6">
+      <c r="X6">
+        <v>1</v>
+      </c>
+      <c r="Z6">
         <v>1</v>
       </c>
       <c r="AA6">
         <v>1</v>
       </c>
       <c r="AB6">
         <v>1</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>FunM</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Ethan Richardson</v>
+        <v xml:space="preserve">Adam Chainey </v>
       </c>
       <c r="E7">
-        <v>-28</v>
+        <v>-18</v>
       </c>
       <c r="F7">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="H7" t="str">
-        <v>erich13</v>
+        <v>adamchainey</v>
       </c>
       <c r="I7">
-        <v>-28</v>
+        <v>-18</v>
       </c>
       <c r="J7">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="L7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M7">
         <v>1</v>
       </c>
-      <c r="O7">
-[...4 lines deleted...]
-      </c>
       <c r="Q7">
         <v>1</v>
       </c>
       <c r="R7">
         <v>1</v>
       </c>
-      <c r="S7">
-[...8 lines deleted...]
-      <c r="V7">
+      <c r="W7">
         <v>1</v>
       </c>
       <c r="X7">
         <v>1</v>
       </c>
+      <c r="Y7">
+        <v>1</v>
+      </c>
       <c r="Z7">
         <v>1</v>
       </c>
       <c r="AA7">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="AB7">
         <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>FunM</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>James Short</v>
+        <v>Chris Deering</v>
       </c>
       <c r="E8">
-        <v>-27</v>
+        <v>-18</v>
       </c>
       <c r="F8">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>272438</v>
+        <v>9</v>
       </c>
       <c r="H8" t="str">
-        <v>jshort81</v>
+        <v>ockush81</v>
       </c>
       <c r="I8">
-        <v>-27</v>
+        <v>-18</v>
       </c>
       <c r="J8">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8">
         <v>1</v>
       </c>
       <c r="O8">
         <v>1</v>
       </c>
       <c r="P8">
-        <v>2</v>
-[...7 lines deleted...]
-      <c r="S8">
         <v>1</v>
       </c>
       <c r="T8">
         <v>1</v>
       </c>
       <c r="V8">
         <v>1</v>
       </c>
-      <c r="Y8">
-[...2 lines deleted...]
-      <c r="AA8">
+      <c r="W8">
+        <v>1</v>
+      </c>
+      <c r="Z8">
         <v>1</v>
       </c>
       <c r="AB8">
         <v>1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>FunM</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Neal McCallum</v>
+        <v>Phil Meir</v>
       </c>
       <c r="E9">
-        <v>-27</v>
+        <v>-18</v>
       </c>
       <c r="F9">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>139172</v>
+        <v>9</v>
       </c>
       <c r="H9" t="str">
-        <v>neal421</v>
+        <v>philyan</v>
       </c>
       <c r="I9">
-        <v>-27</v>
+        <v>-18</v>
       </c>
       <c r="J9">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="K9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L9">
         <v>1</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
-      <c r="N9">
-[...1 lines deleted...]
-      </c>
       <c r="O9">
         <v>1</v>
       </c>
-      <c r="P9">
-[...13 lines deleted...]
-      </c>
       <c r="W9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="X9">
         <v>1</v>
       </c>
-      <c r="Z9">
+      <c r="Y9">
         <v>1</v>
       </c>
       <c r="AA9">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="AB9">
         <v>1</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>FunM</v>
       </c>
       <c r="B10" t="str">
-        <v>T7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Ken Hunter</v>
+        <v>Joe Kogut</v>
       </c>
       <c r="E10">
-        <v>-27</v>
+        <v>-20</v>
       </c>
       <c r="F10">
-        <v>24</v>
+        <v>10</v>
+      </c>
+      <c r="G10">
+        <v>300390</v>
       </c>
       <c r="H10" t="str">
-        <v>hunterken7</v>
+        <v>djhippie</v>
       </c>
       <c r="I10">
-        <v>-27</v>
+        <v>-20</v>
       </c>
       <c r="J10">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
-      <c r="N10">
-[...1 lines deleted...]
-      </c>
       <c r="O10">
         <v>1</v>
       </c>
-      <c r="P10">
-[...1 lines deleted...]
-      </c>
       <c r="Q10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R10">
         <v>1</v>
       </c>
-      <c r="S10">
-[...4 lines deleted...]
-      </c>
       <c r="U10">
         <v>1</v>
       </c>
       <c r="V10">
         <v>1</v>
       </c>
       <c r="W10">
         <v>1</v>
       </c>
       <c r="Y10">
         <v>1</v>
       </c>
-      <c r="Z10">
-[...1 lines deleted...]
-      </c>
       <c r="AA10">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>FunM</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
-[...1 lines deleted...]
-      <c r="C11">
+        <v>DNF</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Josh Domaracki</v>
+      </c>
+      <c r="E11">
+        <v>-20</v>
+      </c>
+      <c r="F11">
         <v>10</v>
       </c>
-      <c r="D11" t="str">
-[...10 lines deleted...]
-      </c>
       <c r="H11" t="str">
-        <v>big2228</v>
+        <v>domajm32</v>
       </c>
       <c r="I11">
-        <v>-26</v>
+        <v>-20</v>
       </c>
       <c r="J11">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="O11">
+        <v>10</v>
+      </c>
+      <c r="K11">
         <v>1</v>
       </c>
       <c r="P11">
         <v>1</v>
       </c>
-      <c r="Q11">
-[...2 lines deleted...]
-      <c r="R11">
+      <c r="S11">
         <v>1</v>
       </c>
       <c r="T11">
         <v>1</v>
       </c>
       <c r="U11">
         <v>1</v>
       </c>
       <c r="V11">
         <v>1</v>
       </c>
+      <c r="W11">
+        <v>1</v>
+      </c>
       <c r="X11">
         <v>1</v>
       </c>
-      <c r="Y11">
-[...1 lines deleted...]
-      </c>
       <c r="Z11">
         <v>1</v>
       </c>
       <c r="AA11">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="AB11">
         <v>1</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>FunM</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
-[...1 lines deleted...]
-      <c r="C12">
+        <v>DNF</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Michael Kratzke</v>
+      </c>
+      <c r="E12">
+        <v>-20</v>
+      </c>
+      <c r="F12">
         <v>10</v>
       </c>
-      <c r="D12" t="str">
-[...7 lines deleted...]
-      </c>
       <c r="H12" t="str">
-        <v>kmort17</v>
+        <v>michaelkratzke</v>
       </c>
       <c r="I12">
-        <v>-26</v>
+        <v>-20</v>
       </c>
       <c r="J12">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
+      <c r="L12">
+        <v>1</v>
+      </c>
       <c r="M12">
         <v>1</v>
       </c>
-      <c r="O12">
-[...2 lines deleted...]
-      <c r="Q12">
+      <c r="N12">
+        <v>1</v>
+      </c>
+      <c r="P12">
         <v>1</v>
       </c>
       <c r="R12">
         <v>1</v>
       </c>
-      <c r="T12">
-[...4 lines deleted...]
-      </c>
       <c r="V12">
         <v>1</v>
       </c>
-      <c r="W12">
-[...5 lines deleted...]
-      <c r="Y12">
+      <c r="Z12">
         <v>1</v>
       </c>
       <c r="AA12">
         <v>1</v>
       </c>
       <c r="AB12">
         <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>FunM</v>
       </c>
       <c r="B13" t="str">
-        <v>T10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
-        <v>Tom Croop</v>
+        <v xml:space="preserve">Stephen Malinowski </v>
       </c>
       <c r="E13">
-        <v>-26</v>
+        <v>-15</v>
       </c>
       <c r="F13">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H13" t="str">
-        <v>ntfd60</v>
+        <v>ironpigeon</v>
       </c>
       <c r="I13">
-        <v>-26</v>
+        <v>-15</v>
       </c>
       <c r="J13">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="L13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M13">
         <v>1</v>
       </c>
-      <c r="N13">
-[...5 lines deleted...]
-      <c r="R13">
+      <c r="Q13">
+        <v>1</v>
+      </c>
+      <c r="S13">
         <v>1</v>
       </c>
       <c r="T13">
         <v>1</v>
       </c>
+      <c r="U13">
+        <v>1</v>
+      </c>
       <c r="V13">
         <v>1</v>
       </c>
       <c r="W13">
         <v>1</v>
       </c>
       <c r="X13">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="AB13">
+        <v>5</v>
+      </c>
+      <c r="Y13">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>FunM</v>
       </c>
       <c r="B14" t="str">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D14" t="str">
-        <v>Jesse Herrera</v>
+        <v>Craig Savage</v>
       </c>
       <c r="E14">
-        <v>-25</v>
+        <v>-21</v>
       </c>
       <c r="F14">
-        <v>14</v>
+        <v>15</v>
+      </c>
+      <c r="G14">
+        <v>289711</v>
       </c>
       <c r="H14" t="str">
-        <v>spacemanspiff</v>
+        <v>eightyoneinches</v>
       </c>
       <c r="I14">
-        <v>-25</v>
+        <v>-21</v>
       </c>
       <c r="J14">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
+      <c r="L14">
+        <v>1</v>
+      </c>
       <c r="M14">
         <v>1</v>
       </c>
-      <c r="O14">
-[...1 lines deleted...]
-      </c>
       <c r="P14">
         <v>1</v>
       </c>
       <c r="Q14">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W14">
+        <v>2</v>
+      </c>
+      <c r="X14">
         <v>1</v>
       </c>
       <c r="Y14">
         <v>1</v>
       </c>
       <c r="Z14">
         <v>1</v>
       </c>
       <c r="AA14">
         <v>1</v>
       </c>
       <c r="AB14">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>FunM</v>
       </c>
       <c r="B15" t="str">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v xml:space="preserve">Ryan Kruzer </v>
       </c>
       <c r="E15">
         <v>-24</v>
       </c>
       <c r="F15">
         <v>12</v>
       </c>
       <c r="H15" t="str">
         <v>ryryk15</v>
       </c>
       <c r="I15">
         <v>-24</v>
       </c>
       <c r="J15">
         <v>12</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
@@ -1572,54 +1329,51 @@
       </c>
       <c r="S15">
         <v>1</v>
       </c>
       <c r="T15">
         <v>1</v>
       </c>
       <c r="U15">
         <v>1</v>
       </c>
       <c r="V15">
         <v>1</v>
       </c>
       <c r="X15">
         <v>1</v>
       </c>
       <c r="AA15">
         <v>1</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>FunM</v>
       </c>
       <c r="B16" t="str">
-        <v>T15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Zack breissinger</v>
       </c>
       <c r="E16">
         <v>-23</v>
       </c>
       <c r="F16">
         <v>13</v>
       </c>
       <c r="H16" t="str">
         <v>zack1050</v>
       </c>
       <c r="I16">
         <v>-23</v>
       </c>
       <c r="J16">
         <v>13</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
@@ -1637,2246 +1391,2271 @@
       </c>
       <c r="U16">
         <v>1</v>
       </c>
       <c r="V16">
         <v>1</v>
       </c>
       <c r="W16">
         <v>1</v>
       </c>
       <c r="Y16">
         <v>1</v>
       </c>
       <c r="Z16">
         <v>1</v>
       </c>
       <c r="AB16">
         <v>1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>FunM</v>
       </c>
       <c r="B17" t="str">
-        <v>T15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D17" t="str">
-        <v>Joe Tremblett</v>
+        <v xml:space="preserve">Chris Thomas </v>
       </c>
       <c r="E17">
-        <v>-23</v>
+        <v>-26</v>
       </c>
       <c r="F17">
-        <v>16</v>
+        <v>13</v>
+      </c>
+      <c r="G17">
+        <v>305744</v>
       </c>
       <c r="H17" t="str">
-        <v>toasta</v>
+        <v>big2228</v>
       </c>
       <c r="I17">
-        <v>-23</v>
+        <v>-26</v>
       </c>
       <c r="J17">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="M17">
         <v>1</v>
       </c>
-      <c r="N17">
-[...1 lines deleted...]
-      </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17">
         <v>1</v>
       </c>
       <c r="Q17">
         <v>1</v>
       </c>
+      <c r="R17">
+        <v>1</v>
+      </c>
+      <c r="T17">
+        <v>1</v>
+      </c>
       <c r="U17">
         <v>1</v>
       </c>
       <c r="V17">
         <v>1</v>
       </c>
-      <c r="W17">
-[...1 lines deleted...]
-      </c>
       <c r="X17">
         <v>1</v>
       </c>
       <c r="Y17">
         <v>1</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="AA17">
+        <v>1</v>
       </c>
       <c r="AB17">
         <v>1</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>FunM</v>
       </c>
       <c r="B18" t="str">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>Patrick maggio</v>
+        <v>Jesse Herrera</v>
       </c>
       <c r="E18">
-        <v>-22</v>
+        <v>-25</v>
       </c>
       <c r="F18">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="H18" t="str">
-        <v>kertap75</v>
+        <v>spacemanspiff</v>
       </c>
       <c r="I18">
-        <v>-22</v>
+        <v>-25</v>
       </c>
       <c r="J18">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
-      <c r="L18">
+      <c r="M18">
+        <v>1</v>
+      </c>
+      <c r="O18">
+        <v>1</v>
+      </c>
+      <c r="P18">
+        <v>1</v>
+      </c>
+      <c r="Q18">
+        <v>1</v>
+      </c>
+      <c r="T18">
+        <v>1</v>
+      </c>
+      <c r="U18">
+        <v>1</v>
+      </c>
+      <c r="V18">
+        <v>1</v>
+      </c>
+      <c r="W18">
+        <v>1</v>
+      </c>
+      <c r="Y18">
+        <v>1</v>
+      </c>
+      <c r="Z18">
+        <v>1</v>
+      </c>
+      <c r="AA18">
+        <v>1</v>
+      </c>
+      <c r="AB18">
         <v>2</v>
-      </c>
-[...34 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>FunM</v>
       </c>
       <c r="B19" t="str">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>Craig Savage</v>
+        <v>Joe Tremblett</v>
       </c>
       <c r="E19">
-        <v>-21</v>
+        <v>-23</v>
       </c>
       <c r="F19">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>289711</v>
+        <v>16</v>
       </c>
       <c r="H19" t="str">
-        <v>eightyoneinches</v>
+        <v>toasta</v>
       </c>
       <c r="I19">
-        <v>-21</v>
+        <v>-23</v>
       </c>
       <c r="J19">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L19">
         <v>1</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
+      <c r="N19">
+        <v>1</v>
+      </c>
+      <c r="O19">
+        <v>1</v>
+      </c>
       <c r="P19">
         <v>1</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="U19">
+        <v>1</v>
       </c>
       <c r="V19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="X19">
         <v>1</v>
       </c>
       <c r="Y19">
         <v>1</v>
       </c>
       <c r="Z19">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AB19">
         <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>FunM</v>
       </c>
       <c r="B20" t="str">
-        <v>T19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D20" t="str">
-        <v>Joe Kogut</v>
+        <v>Kyle Mortek</v>
       </c>
       <c r="E20">
-        <v>-20</v>
+        <v>-26</v>
       </c>
       <c r="F20">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>300390</v>
+        <v>13</v>
       </c>
       <c r="H20" t="str">
-        <v>djhippie</v>
+        <v>kmort17</v>
       </c>
       <c r="I20">
-        <v>-20</v>
+        <v>-26</v>
       </c>
       <c r="J20">
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="K20">
+        <v>1</v>
       </c>
       <c r="M20">
         <v>1</v>
       </c>
       <c r="O20">
         <v>1</v>
       </c>
       <c r="Q20">
         <v>1</v>
       </c>
       <c r="R20">
         <v>1</v>
       </c>
+      <c r="T20">
+        <v>1</v>
+      </c>
       <c r="U20">
         <v>1</v>
       </c>
       <c r="V20">
         <v>1</v>
       </c>
       <c r="W20">
+        <v>1</v>
+      </c>
+      <c r="X20">
         <v>1</v>
       </c>
       <c r="Y20">
         <v>1</v>
       </c>
       <c r="AA20">
         <v>1</v>
       </c>
       <c r="AB20">
         <v>1</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>FunM</v>
       </c>
       <c r="B21" t="str">
-        <v>T19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Josh Domaracki</v>
+        <v>Matt Yonce</v>
       </c>
       <c r="E21">
         <v>-20</v>
       </c>
       <c r="F21">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="H21" t="str">
-        <v>domajm32</v>
+        <v>swain0</v>
       </c>
       <c r="I21">
         <v>-20</v>
       </c>
       <c r="J21">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
+      <c r="L21">
+        <v>1</v>
+      </c>
       <c r="P21">
         <v>1</v>
       </c>
+      <c r="Q21">
+        <v>1</v>
+      </c>
+      <c r="R21">
+        <v>1</v>
+      </c>
       <c r="S21">
         <v>1</v>
       </c>
       <c r="T21">
         <v>1</v>
       </c>
-      <c r="U21">
-[...1 lines deleted...]
-      </c>
       <c r="V21">
         <v>1</v>
       </c>
       <c r="W21">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="X21">
         <v>1</v>
       </c>
       <c r="Z21">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="AA21">
+        <v>1</v>
+      </c>
+      <c r="AB21">
         <v>1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>FunM</v>
       </c>
       <c r="B22" t="str">
-        <v>T19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
-        <v>Michael Kratzke</v>
+        <v>Tom Croop</v>
       </c>
       <c r="E22">
-        <v>-20</v>
+        <v>-26</v>
       </c>
       <c r="F22">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H22" t="str">
-        <v>michaelkratzke</v>
+        <v>ntfd60</v>
       </c>
       <c r="I22">
-        <v>-20</v>
+        <v>-26</v>
       </c>
       <c r="J22">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
         <v>1</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="N22">
         <v>1</v>
       </c>
-      <c r="P22">
+      <c r="O22">
         <v>1</v>
       </c>
       <c r="R22">
         <v>1</v>
       </c>
+      <c r="T22">
+        <v>1</v>
+      </c>
       <c r="V22">
+        <v>1</v>
+      </c>
+      <c r="W22">
+        <v>1</v>
+      </c>
+      <c r="X22">
         <v>1</v>
       </c>
       <c r="Z22">
         <v>1</v>
       </c>
       <c r="AA22">
         <v>1</v>
       </c>
       <c r="AB22">
         <v>1</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>FunM</v>
       </c>
       <c r="B23" t="str">
-        <v>T19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>Matt Yonce</v>
+        <v>James Short</v>
       </c>
       <c r="E23">
-        <v>-20</v>
+        <v>-27</v>
       </c>
       <c r="F23">
-        <v>19</v>
+        <v>15</v>
+      </c>
+      <c r="G23">
+        <v>272438</v>
       </c>
       <c r="H23" t="str">
-        <v>swain0</v>
+        <v>jshort81</v>
       </c>
       <c r="I23">
-        <v>-20</v>
+        <v>-27</v>
       </c>
       <c r="J23">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
         <v>1</v>
       </c>
+      <c r="M23">
+        <v>1</v>
+      </c>
+      <c r="N23">
+        <v>1</v>
+      </c>
+      <c r="O23">
+        <v>1</v>
+      </c>
       <c r="P23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q23">
         <v>1</v>
       </c>
       <c r="R23">
         <v>1</v>
       </c>
       <c r="S23">
         <v>1</v>
       </c>
       <c r="T23">
         <v>1</v>
       </c>
       <c r="V23">
         <v>1</v>
       </c>
-      <c r="W23">
-[...6 lines deleted...]
-        <v>4</v>
+      <c r="Y23">
+        <v>1</v>
       </c>
       <c r="AA23">
         <v>1</v>
       </c>
       <c r="AB23">
         <v>1</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>FunM</v>
       </c>
       <c r="B24" t="str">
-        <v>T23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Josh K</v>
+        <v>Michael exford</v>
       </c>
       <c r="E24">
-        <v>-18</v>
+        <v>-28</v>
       </c>
       <c r="F24">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>287621</v>
+        <v>14</v>
       </c>
       <c r="H24" t="str">
-        <v>karcherjoshua</v>
+        <v>lucknorris</v>
       </c>
       <c r="I24">
-        <v>-18</v>
+        <v>-28</v>
       </c>
       <c r="J24">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
         <v>1</v>
       </c>
+      <c r="M24">
+        <v>1</v>
+      </c>
+      <c r="N24">
+        <v>1</v>
+      </c>
+      <c r="O24">
+        <v>1</v>
+      </c>
       <c r="P24">
         <v>1</v>
       </c>
       <c r="Q24">
         <v>1</v>
       </c>
+      <c r="R24">
+        <v>1</v>
+      </c>
+      <c r="U24">
+        <v>1</v>
+      </c>
+      <c r="V24">
+        <v>1</v>
+      </c>
       <c r="W24">
         <v>1</v>
       </c>
-      <c r="X24">
-[...2 lines deleted...]
-      <c r="Z24">
+      <c r="Y24">
         <v>1</v>
       </c>
       <c r="AA24">
         <v>1</v>
       </c>
       <c r="AB24">
         <v>1</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>FunM</v>
       </c>
       <c r="B25" t="str">
-        <v>T23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D25" t="str">
-        <v xml:space="preserve">Adam Chainey </v>
+        <v>Patrick maggio</v>
       </c>
       <c r="E25">
-        <v>-18</v>
+        <v>-22</v>
       </c>
       <c r="F25">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="H25" t="str">
-        <v>adamchainey</v>
+        <v>kertap75</v>
       </c>
       <c r="I25">
-        <v>-18</v>
+        <v>-22</v>
       </c>
       <c r="J25">
-        <v>9</v>
+        <v>20</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
       </c>
       <c r="L25">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
+      <c r="O25">
+        <v>2</v>
+      </c>
+      <c r="P25">
+        <v>1</v>
+      </c>
       <c r="Q25">
         <v>1</v>
       </c>
       <c r="R25">
+        <v>2</v>
+      </c>
+      <c r="S25">
+        <v>4</v>
+      </c>
+      <c r="V25">
         <v>1</v>
       </c>
       <c r="W25">
         <v>1</v>
       </c>
-      <c r="X25">
-[...1 lines deleted...]
-      </c>
       <c r="Y25">
         <v>1</v>
       </c>
       <c r="Z25">
         <v>1</v>
       </c>
       <c r="AA25">
+        <v>1</v>
+      </c>
+      <c r="AB25">
         <v>1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>FunM</v>
       </c>
       <c r="B26" t="str">
-        <v>T23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v>Chris Deering</v>
+        <v>Neal McCallum</v>
       </c>
       <c r="E26">
-        <v>-18</v>
+        <v>-27</v>
       </c>
       <c r="F26">
-        <v>9</v>
+        <v>18</v>
+      </c>
+      <c r="G26">
+        <v>139172</v>
       </c>
       <c r="H26" t="str">
-        <v>ockush81</v>
+        <v>neal421</v>
       </c>
       <c r="I26">
-        <v>-18</v>
+        <v>-27</v>
       </c>
       <c r="J26">
-        <v>9</v>
+        <v>18</v>
+      </c>
+      <c r="K26">
+        <v>2</v>
+      </c>
+      <c r="L26">
+        <v>1</v>
       </c>
       <c r="M26">
         <v>1</v>
       </c>
       <c r="N26">
         <v>1</v>
       </c>
       <c r="O26">
         <v>1</v>
       </c>
       <c r="P26">
         <v>1</v>
       </c>
+      <c r="Q26">
+        <v>1</v>
+      </c>
+      <c r="S26">
+        <v>1</v>
+      </c>
       <c r="T26">
         <v>1</v>
       </c>
       <c r="V26">
         <v>1</v>
       </c>
       <c r="W26">
+        <v>2</v>
+      </c>
+      <c r="X26">
         <v>1</v>
       </c>
       <c r="Z26">
         <v>1</v>
+      </c>
+      <c r="AA26">
+        <v>2</v>
       </c>
       <c r="AB26">
         <v>1</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>FunM</v>
       </c>
       <c r="B27" t="str">
-        <v>T23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D27" t="str">
-        <v>Phil Meir</v>
+        <v>Salvatore Grenga</v>
       </c>
       <c r="E27">
-        <v>-18</v>
+        <v>-30</v>
       </c>
       <c r="F27">
-        <v>9</v>
+        <v>15</v>
+      </c>
+      <c r="G27">
+        <v>150566</v>
       </c>
       <c r="H27" t="str">
-        <v>philyan</v>
+        <v>saldozer</v>
       </c>
       <c r="I27">
-        <v>-18</v>
+        <v>-30</v>
       </c>
       <c r="J27">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="M27">
         <v>1</v>
       </c>
+      <c r="N27">
+        <v>1</v>
+      </c>
       <c r="O27">
         <v>1</v>
       </c>
+      <c r="P27">
+        <v>1</v>
+      </c>
+      <c r="Q27">
+        <v>1</v>
+      </c>
+      <c r="R27">
+        <v>1</v>
+      </c>
+      <c r="T27">
+        <v>1</v>
+      </c>
+      <c r="U27">
+        <v>1</v>
+      </c>
+      <c r="V27">
+        <v>1</v>
+      </c>
       <c r="W27">
         <v>1</v>
       </c>
       <c r="X27">
         <v>1</v>
       </c>
       <c r="Y27">
+        <v>1</v>
+      </c>
+      <c r="Z27">
         <v>1</v>
       </c>
       <c r="AA27">
         <v>1</v>
       </c>
       <c r="AB27">
         <v>1</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>FunM</v>
       </c>
       <c r="B28" t="str">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>DNF</v>
       </c>
       <c r="D28" t="str">
-        <v>Andrew Zawistowski</v>
+        <v>Ethan Richardson</v>
       </c>
       <c r="E28">
-        <v>-16</v>
+        <v>-28</v>
       </c>
       <c r="F28">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="H28" t="str">
-        <v>drewski4200</v>
+        <v>erich13</v>
       </c>
       <c r="I28">
-        <v>-16</v>
+        <v>-28</v>
       </c>
       <c r="J28">
-        <v>8</v>
+        <v>17</v>
+      </c>
+      <c r="K28">
+        <v>1</v>
+      </c>
+      <c r="L28">
+        <v>2</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
-      <c r="N28">
+      <c r="O28">
+        <v>1</v>
+      </c>
+      <c r="P28">
         <v>1</v>
       </c>
       <c r="Q28">
         <v>1</v>
       </c>
+      <c r="R28">
+        <v>1</v>
+      </c>
       <c r="S28">
         <v>1</v>
       </c>
+      <c r="T28">
+        <v>1</v>
+      </c>
       <c r="U28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V28">
         <v>1</v>
       </c>
-      <c r="Y28">
+      <c r="X28">
+        <v>1</v>
+      </c>
+      <c r="Z28">
+        <v>1</v>
+      </c>
+      <c r="AA28">
         <v>1</v>
       </c>
       <c r="AB28">
         <v>1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>FunM</v>
       </c>
       <c r="B29" t="str">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>DNF</v>
       </c>
       <c r="D29" t="str">
-        <v xml:space="preserve">Stephen Malinowski </v>
+        <v>Tommy sibilio</v>
       </c>
       <c r="E29">
-        <v>-15</v>
+        <v>-31</v>
       </c>
       <c r="F29">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H29" t="str">
-        <v>ironpigeon</v>
+        <v>beansibs</v>
       </c>
       <c r="I29">
-        <v>-15</v>
+        <v>-31</v>
       </c>
       <c r="J29">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="K29">
+        <v>2</v>
       </c>
       <c r="L29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M29">
         <v>1</v>
       </c>
+      <c r="N29">
+        <v>1</v>
+      </c>
+      <c r="O29">
+        <v>1</v>
+      </c>
+      <c r="P29">
+        <v>1</v>
+      </c>
       <c r="Q29">
         <v>1</v>
       </c>
-      <c r="S29">
+      <c r="R29">
         <v>1</v>
       </c>
       <c r="T29">
         <v>1</v>
       </c>
       <c r="U29">
         <v>1</v>
       </c>
       <c r="V29">
         <v>1</v>
       </c>
       <c r="W29">
         <v>1</v>
       </c>
       <c r="X29">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="Y29">
+        <v>1</v>
+      </c>
+      <c r="Z29">
+        <v>1</v>
+      </c>
+      <c r="AB29">
         <v>1</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>FunM</v>
       </c>
       <c r="B30" t="str">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>DNF</v>
       </c>
       <c r="D30" t="str">
-        <v>Jeff Kurzdorfer</v>
+        <v>Isaac Mallette-Lloyd</v>
       </c>
       <c r="E30">
-        <v>-10</v>
+        <v>-30</v>
       </c>
       <c r="F30">
-        <v>5</v>
+        <v>21</v>
+      </c>
+      <c r="G30">
+        <v>238097</v>
       </c>
       <c r="H30" t="str">
-        <v>jsk5150</v>
+        <v>enigmaatwood</v>
       </c>
       <c r="I30">
-        <v>-10</v>
+        <v>-30</v>
       </c>
       <c r="J30">
-        <v>5</v>
+        <v>21</v>
+      </c>
+      <c r="K30">
+        <v>1</v>
       </c>
       <c r="L30">
         <v>1</v>
       </c>
+      <c r="M30">
+        <v>1</v>
+      </c>
+      <c r="N30">
+        <v>2</v>
+      </c>
       <c r="O30">
         <v>1</v>
       </c>
       <c r="P30">
         <v>1</v>
       </c>
+      <c r="Q30">
+        <v>2</v>
+      </c>
+      <c r="R30">
+        <v>1</v>
+      </c>
+      <c r="S30">
+        <v>1</v>
+      </c>
+      <c r="U30">
+        <v>1</v>
+      </c>
+      <c r="V30">
+        <v>2</v>
+      </c>
       <c r="W30">
         <v>1</v>
       </c>
+      <c r="X30">
+        <v>2</v>
+      </c>
+      <c r="Y30">
+        <v>1</v>
+      </c>
+      <c r="Z30">
+        <v>1</v>
+      </c>
       <c r="AA30">
+        <v>1</v>
+      </c>
+      <c r="AB30">
         <v>1</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>FunM</v>
       </c>
       <c r="B31" t="str">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>DNF</v>
       </c>
       <c r="D31" t="str">
-        <v>Spenser Austin</v>
+        <v>Ken Hunter</v>
       </c>
       <c r="E31">
-        <v>-9</v>
+        <v>-27</v>
       </c>
       <c r="F31">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>192223</v>
+        <v>24</v>
       </c>
       <c r="H31" t="str">
-        <v>adactuslatem</v>
+        <v>hunterken7</v>
       </c>
       <c r="I31">
-        <v>-9</v>
+        <v>-27</v>
       </c>
       <c r="J31">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="K31">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="L31">
+        <v>1</v>
       </c>
       <c r="M31">
         <v>1</v>
       </c>
+      <c r="N31">
+        <v>1</v>
+      </c>
+      <c r="O31">
+        <v>1</v>
+      </c>
+      <c r="P31">
+        <v>1</v>
+      </c>
       <c r="Q31">
+        <v>2</v>
+      </c>
+      <c r="R31">
+        <v>1</v>
+      </c>
+      <c r="S31">
+        <v>1</v>
+      </c>
+      <c r="T31">
         <v>1</v>
       </c>
       <c r="U31">
         <v>1</v>
       </c>
       <c r="V31">
         <v>1</v>
       </c>
       <c r="W31">
         <v>1</v>
       </c>
-      <c r="X31">
+      <c r="Y31">
+        <v>1</v>
+      </c>
+      <c r="Z31">
+        <v>1</v>
+      </c>
+      <c r="AA31">
+        <v>6</v>
+      </c>
+      <c r="AB31">
         <v>2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>FunM</v>
       </c>
+      <c r="B32" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D32" t="str">
         <v>Graham Weaver</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
         <v>0</v>
       </c>
       <c r="H32" t="str">
         <v>gweaver22</v>
       </c>
       <c r="I32">
         <v>0</v>
       </c>
       <c r="J32">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>FunM</v>
       </c>
+      <c r="B33" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D33" t="str">
         <v xml:space="preserve">Alex Domaracki </v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
         <v>0</v>
       </c>
       <c r="H33" t="str">
         <v>dasbaca198</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
-        <v>FunM</v>
+        <v>FunL</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DNF</v>
       </c>
       <c r="D34" t="str">
-        <v>Ken Bojar</v>
+        <v xml:space="preserve">Christian Holdridge </v>
       </c>
       <c r="E34">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H34" t="str">
-        <v>fireken</v>
+        <v>cantedangle</v>
       </c>
       <c r="I34">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J34">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="L34">
+        <v>1</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
-        <v>FunM</v>
+        <v>FunL</v>
+      </c>
+      <c r="B35" t="str">
+        <v>DNF</v>
       </c>
       <c r="D35" t="str">
-        <v>Jack Bates</v>
+        <v xml:space="preserve">Courtney Yonce-Swain </v>
       </c>
       <c r="E35">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="F35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H35" t="str">
-        <v>kamikazekatt</v>
+        <v>courtneythrows</v>
       </c>
       <c r="I35">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J35">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="Q35">
+        <v>1</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
-        <v>FunM</v>
+        <v>FunL</v>
+      </c>
+      <c r="B36" t="str">
+        <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v>Jason Keil</v>
+        <v>Ali Tremblett</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F36">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="H36" t="str">
-        <v>jasonkeil</v>
+        <v>lexinova</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="J36">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="L36">
+        <v>1</v>
+      </c>
+      <c r="O36">
+        <v>1</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>FunL</v>
       </c>
       <c r="B37" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Nicki Lee Kramer</v>
+        <v>Patty Todaro</v>
       </c>
       <c r="E37">
-        <v>-32</v>
+        <v>-6</v>
       </c>
       <c r="F37">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>212187</v>
+        <v>3</v>
       </c>
       <c r="H37" t="str">
-        <v>nmommy1111</v>
+        <v>pattyt98</v>
       </c>
       <c r="I37">
-        <v>-32</v>
+        <v>-6</v>
       </c>
       <c r="J37">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
-      <c r="M37">
-[...13 lines deleted...]
-      </c>
       <c r="R37">
         <v>1</v>
       </c>
-      <c r="S37">
-[...4 lines deleted...]
-      </c>
       <c r="V37">
-        <v>1</v>
-[...16 lines deleted...]
-      <c r="AB37">
         <v>1</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>FunL</v>
       </c>
       <c r="B38" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D38" t="str">
-        <v>Jeni Hunter</v>
+        <v>Jill Savage</v>
       </c>
       <c r="E38">
-        <v>-30</v>
+        <v>-12</v>
       </c>
       <c r="F38">
-        <v>15</v>
+        <v>6</v>
+      </c>
+      <c r="G38">
+        <v>293783</v>
       </c>
       <c r="H38" t="str">
-        <v>jbhunter712</v>
+        <v>ladysavage</v>
       </c>
       <c r="I38">
-        <v>-30</v>
+        <v>-12</v>
       </c>
       <c r="J38">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="K38">
+        <v>6</v>
+      </c>
+      <c r="L38">
         <v>1</v>
       </c>
       <c r="M38">
         <v>1</v>
       </c>
-      <c r="N38">
-[...7 lines deleted...]
-      </c>
       <c r="Q38">
         <v>1</v>
       </c>
-      <c r="R38">
-[...4 lines deleted...]
-      </c>
       <c r="V38">
         <v>1</v>
       </c>
-      <c r="W38">
-[...1 lines deleted...]
-      </c>
       <c r="X38">
         <v>1</v>
       </c>
-      <c r="Y38">
-[...1 lines deleted...]
-      </c>
       <c r="Z38">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="AB38">
         <v>1</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>FunL</v>
       </c>
       <c r="B39" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D39" t="str">
-        <v>Morgan Siudzinski</v>
+        <v>Jessica Weaver</v>
       </c>
       <c r="E39">
-        <v>-26</v>
+        <v>-20</v>
       </c>
       <c r="F39">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="G39">
-        <v>223072</v>
+        <v>132498</v>
       </c>
       <c r="H39" t="str">
-        <v>morgannnnn35</v>
+        <v>zsa415</v>
       </c>
       <c r="I39">
-        <v>-26</v>
+        <v>-20</v>
       </c>
       <c r="J39">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="M39">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O39">
         <v>1</v>
       </c>
-      <c r="Q39">
-[...8 lines deleted...]
-      <c r="T39">
+      <c r="U39">
         <v>1</v>
       </c>
       <c r="V39">
         <v>1</v>
       </c>
       <c r="W39">
         <v>1</v>
       </c>
       <c r="X39">
         <v>1</v>
       </c>
       <c r="Y39">
         <v>1</v>
       </c>
       <c r="Z39">
         <v>1</v>
       </c>
       <c r="AA39">
+        <v>1</v>
+      </c>
+      <c r="AB39">
         <v>1</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>FunL</v>
       </c>
       <c r="B40" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D40" t="str">
-        <v>Andrea (Anj) Michaud</v>
+        <v>Nichole</v>
       </c>
       <c r="E40">
-        <v>-23</v>
+        <v>-22</v>
       </c>
       <c r="F40">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G40">
-        <v>154160</v>
+        <v>157756</v>
       </c>
       <c r="H40" t="str">
-        <v>anjeroo</v>
+        <v>coletom</v>
       </c>
       <c r="I40">
-        <v>-23</v>
+        <v>-22</v>
       </c>
       <c r="J40">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
-      <c r="L40">
-[...1 lines deleted...]
-      </c>
       <c r="M40">
         <v>1</v>
       </c>
       <c r="N40">
         <v>1</v>
       </c>
-      <c r="P40">
+      <c r="O40">
         <v>1</v>
       </c>
       <c r="Q40">
         <v>1</v>
       </c>
-      <c r="T40">
-[...5 lines deleted...]
-      <c r="X40">
+      <c r="S40">
+        <v>1</v>
+      </c>
+      <c r="U40">
+        <v>1</v>
+      </c>
+      <c r="V40">
         <v>1</v>
       </c>
       <c r="Y40">
         <v>1</v>
       </c>
       <c r="Z40">
         <v>1</v>
       </c>
-      <c r="AB40">
+      <c r="AA40">
         <v>1</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>FunL</v>
       </c>
       <c r="B41" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D41" t="str">
-        <v>Nichole</v>
+        <v>Andrea (Anj) Michaud</v>
       </c>
       <c r="E41">
-        <v>-22</v>
+        <v>-23</v>
       </c>
       <c r="F41">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G41">
-        <v>157756</v>
+        <v>154160</v>
       </c>
       <c r="H41" t="str">
-        <v>coletom</v>
+        <v>anjeroo</v>
       </c>
       <c r="I41">
-        <v>-22</v>
+        <v>-23</v>
       </c>
       <c r="J41">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
+      <c r="L41">
+        <v>2</v>
+      </c>
       <c r="M41">
         <v>1</v>
       </c>
       <c r="N41">
         <v>1</v>
       </c>
-      <c r="O41">
+      <c r="P41">
         <v>1</v>
       </c>
       <c r="Q41">
         <v>1</v>
       </c>
-      <c r="S41">
-[...5 lines deleted...]
-      <c r="V41">
+      <c r="T41">
+        <v>1</v>
+      </c>
+      <c r="W41">
+        <v>1</v>
+      </c>
+      <c r="X41">
         <v>1</v>
       </c>
       <c r="Y41">
         <v>1</v>
       </c>
       <c r="Z41">
         <v>1</v>
       </c>
-      <c r="AA41">
+      <c r="AB41">
         <v>1</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>FunL</v>
       </c>
       <c r="B42" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D42" t="str">
-        <v>Jessica Weaver</v>
+        <v>Morgan Siudzinski</v>
       </c>
       <c r="E42">
-        <v>-20</v>
+        <v>-26</v>
       </c>
       <c r="F42">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="G42">
-        <v>132498</v>
+        <v>223072</v>
       </c>
       <c r="H42" t="str">
-        <v>zsa415</v>
+        <v>morgannnnn35</v>
       </c>
       <c r="I42">
-        <v>-20</v>
+        <v>-26</v>
       </c>
       <c r="J42">
-        <v>10</v>
+        <v>16</v>
+      </c>
+      <c r="K42">
+        <v>1</v>
+      </c>
+      <c r="L42">
+        <v>2</v>
       </c>
       <c r="M42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O42">
         <v>1</v>
       </c>
-      <c r="U42">
+      <c r="Q42">
+        <v>1</v>
+      </c>
+      <c r="R42">
+        <v>1</v>
+      </c>
+      <c r="S42">
+        <v>1</v>
+      </c>
+      <c r="T42">
         <v>1</v>
       </c>
       <c r="V42">
         <v>1</v>
       </c>
       <c r="W42">
         <v>1</v>
       </c>
       <c r="X42">
         <v>1</v>
       </c>
       <c r="Y42">
         <v>1</v>
       </c>
       <c r="Z42">
         <v>1</v>
       </c>
       <c r="AA42">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="AB42">
         <v>1</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>FunL</v>
       </c>
       <c r="B43" t="str">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>DNF</v>
       </c>
       <c r="D43" t="str">
-        <v>Jill Savage</v>
+        <v>Jeni Hunter</v>
       </c>
       <c r="E43">
-        <v>-12</v>
+        <v>-30</v>
       </c>
       <c r="F43">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>293783</v>
+        <v>15</v>
       </c>
       <c r="H43" t="str">
-        <v>ladysavage</v>
+        <v>jbhunter712</v>
       </c>
       <c r="I43">
-        <v>-12</v>
+        <v>-30</v>
       </c>
       <c r="J43">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="L43">
+        <v>15</v>
+      </c>
+      <c r="K43">
         <v>1</v>
       </c>
       <c r="M43">
         <v>1</v>
       </c>
+      <c r="N43">
+        <v>1</v>
+      </c>
+      <c r="O43">
+        <v>1</v>
+      </c>
+      <c r="P43">
+        <v>1</v>
+      </c>
       <c r="Q43">
         <v>1</v>
       </c>
+      <c r="R43">
+        <v>1</v>
+      </c>
+      <c r="U43">
+        <v>1</v>
+      </c>
       <c r="V43">
         <v>1</v>
       </c>
+      <c r="W43">
+        <v>1</v>
+      </c>
       <c r="X43">
         <v>1</v>
       </c>
+      <c r="Y43">
+        <v>1</v>
+      </c>
       <c r="Z43">
+        <v>1</v>
+      </c>
+      <c r="AA43">
+        <v>1</v>
+      </c>
+      <c r="AB43">
         <v>1</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>FunL</v>
       </c>
       <c r="B44" t="str">
-        <v>T8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D44" t="str">
-        <v>Ali Tremblett</v>
+        <v>Nicki Lee Kramer</v>
       </c>
       <c r="E44">
-        <v>-4</v>
+        <v>-32</v>
       </c>
       <c r="F44">
-        <v>2</v>
+        <v>16</v>
+      </c>
+      <c r="G44">
+        <v>212187</v>
       </c>
       <c r="H44" t="str">
-        <v>lexinova</v>
+        <v>nmommy1111</v>
       </c>
       <c r="I44">
-        <v>-4</v>
+        <v>-32</v>
       </c>
       <c r="J44">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="L44">
+        <v>16</v>
+      </c>
+      <c r="K44">
+        <v>1</v>
+      </c>
+      <c r="M44">
+        <v>1</v>
+      </c>
+      <c r="N44">
         <v>1</v>
       </c>
       <c r="O44">
+        <v>1</v>
+      </c>
+      <c r="P44">
+        <v>1</v>
+      </c>
+      <c r="Q44">
+        <v>1</v>
+      </c>
+      <c r="R44">
+        <v>1</v>
+      </c>
+      <c r="S44">
+        <v>1</v>
+      </c>
+      <c r="T44">
+        <v>1</v>
+      </c>
+      <c r="V44">
+        <v>1</v>
+      </c>
+      <c r="W44">
+        <v>1</v>
+      </c>
+      <c r="X44">
+        <v>1</v>
+      </c>
+      <c r="Y44">
+        <v>1</v>
+      </c>
+      <c r="Z44">
+        <v>1</v>
+      </c>
+      <c r="AA44">
+        <v>1</v>
+      </c>
+      <c r="AB44">
         <v>1</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>FunL</v>
       </c>
       <c r="B45" t="str">
-        <v>T8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D45" t="str">
-        <v>Patty Todaro</v>
+        <v>Jensaid</v>
       </c>
       <c r="E45">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="F45">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="H45" t="str">
-        <v>pattyt98</v>
+        <v>jennifer716</v>
       </c>
       <c r="I45">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="J45">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
-        <v>FunL</v>
+        <v>AdvMen</v>
       </c>
       <c r="B46" t="str">
-        <v>T10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D46" t="str">
-        <v xml:space="preserve">Christian Holdridge </v>
+        <v>Brad snyder</v>
       </c>
       <c r="E46">
-        <v>-2</v>
+        <v>-26</v>
       </c>
       <c r="F46">
-        <v>1</v>
+        <v>13</v>
+      </c>
+      <c r="G46">
+        <v>222482</v>
       </c>
       <c r="H46" t="str">
-        <v>cantedangle</v>
+        <v>snyderb1</v>
       </c>
       <c r="I46">
-        <v>-2</v>
+        <v>-26</v>
       </c>
       <c r="J46">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="L46">
+        <v>1</v>
+      </c>
+      <c r="M46">
+        <v>1</v>
+      </c>
+      <c r="N46">
+        <v>1</v>
+      </c>
+      <c r="P46">
+        <v>1</v>
+      </c>
+      <c r="R46">
+        <v>1</v>
+      </c>
+      <c r="T46">
+        <v>1</v>
+      </c>
+      <c r="U46">
+        <v>1</v>
+      </c>
+      <c r="V46">
+        <v>1</v>
+      </c>
+      <c r="W46">
+        <v>1</v>
+      </c>
+      <c r="X46">
+        <v>1</v>
+      </c>
+      <c r="Y46">
+        <v>1</v>
+      </c>
+      <c r="Z46">
+        <v>1</v>
+      </c>
+      <c r="AB46">
         <v>1</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
-        <v>FunL</v>
+        <v>AdvMen</v>
       </c>
       <c r="B47" t="str">
-        <v>T10</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>DNF</v>
       </c>
       <c r="D47" t="str">
-        <v xml:space="preserve">Courtney Yonce-Swain </v>
+        <v>Spencer Glinski</v>
       </c>
       <c r="E47">
-        <v>-2</v>
+        <v>-22</v>
       </c>
       <c r="F47">
-        <v>1</v>
+        <v>20</v>
+      </c>
+      <c r="G47">
+        <v>133184</v>
       </c>
       <c r="H47" t="str">
-        <v>courtneythrows</v>
+        <v>glinskischmo</v>
       </c>
       <c r="I47">
-        <v>-2</v>
+        <v>-22</v>
       </c>
       <c r="J47">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="Q47">
+        <v>20</v>
+      </c>
+      <c r="K47">
+        <v>1</v>
+      </c>
+      <c r="L47">
+        <v>1</v>
+      </c>
+      <c r="M47">
+        <v>1</v>
+      </c>
+      <c r="N47">
+        <v>1</v>
+      </c>
+      <c r="O47">
+        <v>1</v>
+      </c>
+      <c r="P47">
+        <v>5</v>
+      </c>
+      <c r="R47">
+        <v>2</v>
+      </c>
+      <c r="S47">
+        <v>2</v>
+      </c>
+      <c r="T47">
+        <v>1</v>
+      </c>
+      <c r="W47">
+        <v>1</v>
+      </c>
+      <c r="X47">
+        <v>1</v>
+      </c>
+      <c r="Y47">
+        <v>1</v>
+      </c>
+      <c r="AA47">
+        <v>1</v>
+      </c>
+      <c r="AB47">
         <v>1</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
-        <v>FunL</v>
+        <v>AdvMen</v>
+      </c>
+      <c r="B48" t="str">
+        <v>DNF</v>
       </c>
       <c r="D48" t="str">
-        <v>Jensaid</v>
+        <v>Robert vaughan</v>
       </c>
       <c r="E48">
-        <v>0</v>
+        <v>-28</v>
       </c>
       <c r="F48">
-        <v>0</v>
+        <v>14</v>
+      </c>
+      <c r="G48">
+        <v>280754</v>
       </c>
       <c r="H48" t="str">
-        <v>jennifer716</v>
+        <v>vaughanrobertp</v>
       </c>
       <c r="I48">
-        <v>0</v>
+        <v>-28</v>
       </c>
       <c r="J48">
-        <v>0</v>
+        <v>14</v>
+      </c>
+      <c r="K48">
+        <v>1</v>
+      </c>
+      <c r="L48">
+        <v>1</v>
+      </c>
+      <c r="M48">
+        <v>1</v>
+      </c>
+      <c r="N48">
+        <v>1</v>
+      </c>
+      <c r="R48">
+        <v>1</v>
+      </c>
+      <c r="T48">
+        <v>1</v>
+      </c>
+      <c r="U48">
+        <v>1</v>
+      </c>
+      <c r="V48">
+        <v>1</v>
+      </c>
+      <c r="W48">
+        <v>1</v>
+      </c>
+      <c r="X48">
+        <v>1</v>
+      </c>
+      <c r="Y48">
+        <v>1</v>
+      </c>
+      <c r="Z48">
+        <v>1</v>
+      </c>
+      <c r="AA48">
+        <v>1</v>
+      </c>
+      <c r="AB48">
+        <v>1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
-        <v>FunL</v>
+        <v>AdvMen</v>
+      </c>
+      <c r="B49" t="str">
+        <v>DNF</v>
       </c>
       <c r="D49" t="str">
-        <v>Cindy Bates</v>
+        <v>Patrick Starr</v>
       </c>
       <c r="E49">
-        <v>0</v>
+        <v>-29</v>
       </c>
       <c r="F49">
-        <v>0</v>
+        <v>16</v>
+      </c>
+      <c r="G49">
+        <v>193840</v>
       </c>
       <c r="H49" t="str">
-        <v>spotsndots69</v>
+        <v>resevil2</v>
       </c>
       <c r="I49">
-        <v>0</v>
+        <v>-29</v>
       </c>
       <c r="J49">
-        <v>0</v>
+        <v>16</v>
+      </c>
+      <c r="L49">
+        <v>1</v>
+      </c>
+      <c r="M49">
+        <v>1</v>
+      </c>
+      <c r="O49">
+        <v>1</v>
+      </c>
+      <c r="P49">
+        <v>1</v>
+      </c>
+      <c r="Q49">
+        <v>1</v>
+      </c>
+      <c r="S49">
+        <v>2</v>
+      </c>
+      <c r="T49">
+        <v>1</v>
+      </c>
+      <c r="U49">
+        <v>1</v>
+      </c>
+      <c r="V49">
+        <v>1</v>
+      </c>
+      <c r="W49">
+        <v>1</v>
+      </c>
+      <c r="X49">
+        <v>1</v>
+      </c>
+      <c r="Y49">
+        <v>1</v>
+      </c>
+      <c r="Z49">
+        <v>1</v>
+      </c>
+      <c r="AA49">
+        <v>1</v>
+      </c>
+      <c r="AB49">
+        <v>1</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>AdvMen</v>
       </c>
       <c r="B50" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D50" t="str">
-        <v>Joe Zmuda</v>
+        <v>Kevin Keil</v>
       </c>
       <c r="E50">
-        <v>-34</v>
+        <v>-32</v>
       </c>
       <c r="F50">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>183560</v>
+        <v>16</v>
       </c>
       <c r="H50" t="str">
-        <v>jzmurda</v>
+        <v>kevkeil</v>
       </c>
       <c r="I50">
-        <v>-34</v>
+        <v>-32</v>
       </c>
       <c r="J50">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
         <v>1</v>
       </c>
       <c r="M50">
         <v>1</v>
       </c>
-      <c r="N50">
-[...1 lines deleted...]
-      </c>
       <c r="O50">
         <v>1</v>
       </c>
       <c r="P50">
         <v>1</v>
       </c>
       <c r="Q50">
         <v>1</v>
       </c>
       <c r="R50">
         <v>1</v>
       </c>
       <c r="S50">
         <v>1</v>
       </c>
       <c r="T50">
         <v>1</v>
       </c>
-      <c r="V50">
+      <c r="U50">
         <v>1</v>
       </c>
       <c r="W50">
         <v>1</v>
       </c>
       <c r="X50">
         <v>1</v>
       </c>
       <c r="Y50">
         <v>1</v>
       </c>
       <c r="Z50">
         <v>1</v>
       </c>
       <c r="AA50">
         <v>1</v>
       </c>
       <c r="AB50">
         <v>1</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>AdvMen</v>
       </c>
       <c r="B51" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D51" t="str">
+        <v>Jeff Casero</v>
+      </c>
+      <c r="E51">
+        <v>-25</v>
+      </c>
+      <c r="F51">
+        <v>26</v>
+      </c>
+      <c r="G51">
+        <v>124520</v>
+      </c>
+      <c r="H51" t="str">
+        <v>itsjeff</v>
+      </c>
+      <c r="I51">
+        <v>-25</v>
+      </c>
+      <c r="J51">
+        <v>26</v>
+      </c>
+      <c r="K51">
+        <v>1</v>
+      </c>
+      <c r="L51">
         <v>2</v>
       </c>
-      <c r="C51">
+      <c r="M51">
+        <v>1</v>
+      </c>
+      <c r="N51">
+        <v>1</v>
+      </c>
+      <c r="O51">
+        <v>6</v>
+      </c>
+      <c r="P51">
         <v>2</v>
       </c>
-      <c r="D51" t="str">
-[...31 lines deleted...]
-      </c>
       <c r="Q51">
         <v>1</v>
       </c>
       <c r="R51">
         <v>1</v>
       </c>
       <c r="S51">
         <v>1</v>
       </c>
       <c r="T51">
         <v>1</v>
       </c>
       <c r="U51">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="W51">
+        <v>2</v>
+      </c>
+      <c r="V51">
         <v>1</v>
       </c>
       <c r="X51">
         <v>1</v>
       </c>
       <c r="Y51">
         <v>1</v>
       </c>
       <c r="Z51">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="AA51">
         <v>1</v>
       </c>
       <c r="AB51">
         <v>1</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>AdvMen</v>
       </c>
       <c r="B52" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D52" t="str">
-        <v>Patrick Starr</v>
+        <v>Joe Zmuda</v>
       </c>
       <c r="E52">
-        <v>-29</v>
+        <v>-34</v>
       </c>
       <c r="F52">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G52">
-        <v>193840</v>
+        <v>183560</v>
       </c>
       <c r="H52" t="str">
-        <v>resevil2</v>
+        <v>jzmurda</v>
       </c>
       <c r="I52">
-        <v>-29</v>
+        <v>-34</v>
       </c>
       <c r="J52">
-        <v>16</v>
+        <v>17</v>
+      </c>
+      <c r="K52">
+        <v>1</v>
       </c>
       <c r="L52">
         <v>1</v>
       </c>
       <c r="M52">
         <v>1</v>
       </c>
+      <c r="N52">
+        <v>1</v>
+      </c>
       <c r="O52">
         <v>1</v>
       </c>
       <c r="P52">
         <v>1</v>
       </c>
       <c r="Q52">
         <v>1</v>
       </c>
+      <c r="R52">
+        <v>1</v>
+      </c>
       <c r="S52">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="T52">
         <v>1</v>
       </c>
-      <c r="U52">
-[...1 lines deleted...]
-      </c>
       <c r="V52">
         <v>1</v>
       </c>
       <c r="W52">
         <v>1</v>
       </c>
       <c r="X52">
         <v>1</v>
       </c>
       <c r="Y52">
         <v>1</v>
       </c>
       <c r="Z52">
         <v>1</v>
       </c>
       <c r="AA52">
         <v>1</v>
       </c>
       <c r="AB52">
-        <v>1</v>
-[...300 lines deleted...]
-      <c r="AB56">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB56"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB52"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 