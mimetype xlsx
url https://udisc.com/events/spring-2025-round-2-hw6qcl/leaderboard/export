--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -1534,50 +1534,53 @@
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12">
         <v>-3</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>11</v>
       </c>
       <c r="G12">
         <v>11</v>
       </c>
       <c r="H12" t="str">
         <v>Ross Evans</v>
       </c>
       <c r="I12">
         <v>4</v>
       </c>
       <c r="J12">
         <v>58</v>
       </c>
+      <c r="K12">
+        <v>311887</v>
+      </c>
       <c r="L12" t="str">
         <v>aggroandy1978</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>58</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
@@ -1900,51 +1903,51 @@
       </c>
     </row>
     <row r="16">
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>15</v>
       </c>
       <c r="G16">
         <v>15</v>
       </c>
       <c r="H16" t="str">
         <v>Rachael P</v>
       </c>
       <c r="I16">
         <v>11</v>
       </c>
       <c r="J16">
         <v>65</v>
       </c>
       <c r="K16">
         <v>316819</v>
       </c>
       <c r="L16" t="str">
-        <v>fireinyourbelly</v>
+        <v>rachpat</v>
       </c>
       <c r="M16">
         <v>11</v>
       </c>
       <c r="N16">
         <v>65</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>