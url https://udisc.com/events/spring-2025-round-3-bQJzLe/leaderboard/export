--- v0 (2025-10-21)
+++ v1 (2026-01-31)
@@ -1632,50 +1632,53 @@
       </c>
       <c r="C13">
         <v>-1</v>
       </c>
       <c r="D13">
         <v>-3</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>10</v>
       </c>
       <c r="G13">
         <v>10</v>
       </c>
       <c r="H13" t="str">
         <v>Ross Evans</v>
       </c>
       <c r="I13">
         <v>2</v>
       </c>
       <c r="J13">
         <v>56</v>
       </c>
+      <c r="K13">
+        <v>311887</v>
+      </c>
       <c r="L13" t="str">
         <v>aggroandy1978</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>56</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">