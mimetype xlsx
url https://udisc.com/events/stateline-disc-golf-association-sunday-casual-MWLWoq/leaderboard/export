--- v0 (2026-02-01)
+++ v1 (2026-03-04)
@@ -810,443 +810,440 @@
       </c>
       <c r="Z4">
         <v>4</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>CAS</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Josh Noffsinger</v>
+        <v>dylan gooding</v>
       </c>
       <c r="E5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F5">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="G5">
-        <v>294526</v>
+        <v>233556</v>
       </c>
       <c r="H5" t="str">
-        <v>joshyboy2006</v>
+        <v>inthebag</v>
       </c>
       <c r="I5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="J5">
-        <v>38</v>
+        <v>72</v>
+      </c>
+      <c r="K5">
+        <v>4</v>
+      </c>
+      <c r="L5">
+        <v>6</v>
+      </c>
+      <c r="M5">
+        <v>4</v>
+      </c>
+      <c r="N5">
+        <v>5</v>
+      </c>
+      <c r="O5">
+        <v>4</v>
+      </c>
+      <c r="P5">
+        <v>4</v>
+      </c>
+      <c r="Q5">
+        <v>4</v>
+      </c>
+      <c r="R5">
+        <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W5">
         <v>4</v>
       </c>
       <c r="X5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>4</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>CAS</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>dylan gooding</v>
+        <v>Michael Wells</v>
       </c>
       <c r="E6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F6">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G6">
-        <v>233556</v>
+        <v>129582</v>
       </c>
       <c r="H6" t="str">
-        <v>inthebag</v>
+        <v>mikewells</v>
       </c>
       <c r="I6">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J6">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>5</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>CAS</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Michael Wells</v>
+        <v>Jacob bocker</v>
       </c>
       <c r="E7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F7">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>129582</v>
+        <v>75</v>
       </c>
       <c r="H7" t="str">
-        <v>mikewells</v>
+        <v>bocker23</v>
       </c>
       <c r="I7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J7">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L7">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>5</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
+        <v>4</v>
+      </c>
+      <c r="U7">
         <v>2</v>
       </c>
-      <c r="U7">
-[...1 lines deleted...]
-      </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>CAS</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Jacob bocker</v>
+        <v>Kevin Molitor</v>
       </c>
       <c r="E8">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F8">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H8" t="str">
-        <v>bocker23</v>
+        <v>kmol42</v>
       </c>
       <c r="I8">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J8">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L8">
+        <v>5</v>
+      </c>
+      <c r="M8">
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>5</v>
+      </c>
+      <c r="O8">
+        <v>5</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>4</v>
+      </c>
+      <c r="R8">
         <v>7</v>
       </c>
-      <c r="M8">
-[...16 lines deleted...]
-      </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Z8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>CAS</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Kevin Molitor</v>
+        <v>Josh Noffsinger</v>
       </c>
       <c r="E9">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F9">
-        <v>76</v>
+        <v>38</v>
+      </c>
+      <c r="G9">
+        <v>294526</v>
       </c>
       <c r="H9" t="str">
-        <v>kmol42</v>
+        <v>joshyboy2006</v>
       </c>
       <c r="I9">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="J9">
-        <v>76</v>
-[...23 lines deleted...]
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>